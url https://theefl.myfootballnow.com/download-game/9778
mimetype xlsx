--- v0 (2025-11-11)
+++ v1 (2026-01-12)
@@ -485,51 +485,51 @@
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>BBm 10</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BRO 10 (14:03) 11-Howard Luft pass complete to 13-Frank Thomas to BRO 8 for 2 yards. Tackle by 53-Ronald Dill.</t>
   </si>
   <si>
     <t>#16 Frank Thomas - WR</t>
   </si>
   <si>
     <t>#14 Andrew Brooks - WR</t>
   </si>
   <si>
     <t>#16 Robin Bennett - WR</t>
   </si>
   <si>
-    <t>#69 Robert Monroe - LG</t>
+    <t>#66 Robert Monroe - LG</t>
   </si>
   <si>
     <t>#53 Ronald Dill - MLB</t>
   </si>
   <si>
     <t>#64 Tom Lindsley - DT</t>
   </si>
   <si>
     <t>#48 Raymond Woody - FS</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>BBm 8</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-8-BRO 8 (13:26) 35-Anthony Dillard ran to BRO 5 for 3 yards. Tackle by 93-Jaime Sudduth.</t>
   </si>