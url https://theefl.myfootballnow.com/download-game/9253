--- v0 (2025-10-20)
+++ v1 (2026-01-05)
@@ -566,51 +566,51 @@
   <si>
     <t>1-10-ATC 11 (11:31) 8-Kevin Taylor pass complete to 89-Michael Shatley to ATC 33 for 22 yards. 89-Michael Shatley FUMBLES (49-Rolando McDaniel) recovered by MUD-55-George Berg at ATC 33. Tackle by 11-Scott Speth.</t>
   </si>
   <si>
     <t>#8 Kevin Taylor - QB</t>
   </si>
   <si>
     <t>#6 Willard Ahmed - RB</t>
   </si>
   <si>
     <t>#28 Carlos Krebs - FB</t>
   </si>
   <si>
     <t>#13 John Harris - WR</t>
   </si>
   <si>
     <t>#16 Michael Shatley - WR</t>
   </si>
   <si>
     <t>#71 Justin Ament - RG</t>
   </si>
   <si>
     <t>#63 Paul Briggs - LG</t>
   </si>
   <si>
-    <t>#60 Pedro White - C</t>
+    <t>#62 Pedro White - RT</t>
   </si>
   <si>
     <t>#63 Nathan Calhoun - RG</t>
   </si>
   <si>
     <t>#64 Francis Logan - RT</t>
   </si>
   <si>
     <t>#98 Joshua Dimattia - WLB</t>
   </si>
   <si>
     <t>#95 Matthew Moore - DT</t>
   </si>
   <si>
     <t>#60 Charles Fern - LDE</t>
   </si>
   <si>
     <t>#32 Willard Hammer - CB</t>
   </si>
   <si>
     <t>#30 George Estep - FS</t>
   </si>
   <si>
     <t>#37 Mike Gilbertson - CB</t>
   </si>