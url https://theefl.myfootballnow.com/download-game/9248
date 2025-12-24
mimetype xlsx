--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -317,54 +317,54 @@
   <si>
     <t>#99 James Romero - LDE</t>
   </si>
   <si>
     <t>#48 Eric Brinson - CB</t>
   </si>
   <si>
     <t>#98 Rodney Proctor - MLB</t>
   </si>
   <si>
     <t>#69 Neil Smith - LDE</t>
   </si>
   <si>
     <t>#30 Jonathan Herrera - CB</t>
   </si>
   <si>
     <t>#32 Donte Orduna - SS</t>
   </si>
   <si>
     <t>#79 Will Owens - LDE</t>
   </si>
   <si>
     <t>#17 John Donaldson - K</t>
   </si>
   <si>
-    <t>BLJ</t>
-[...2 lines deleted...]
-    <t>BLJ 25</t>
+    <t>APK</t>
+  </si>
+  <si>
+    <t>APK 25</t>
   </si>
   <si>
     <t>Singleback Normal All Go</t>
   </si>
   <si>
     <t>Nickel Blitz Zone Blitz</t>
   </si>
   <si>
     <t>1-10-LYN 25 (15:00) 6-Larry Bergeron pass complete to 35-John Lacy to LYN 38 for 13 yards. Pushed out of bounds by 36-Stephen Ratliff.</t>
   </si>
   <si>
     <t>#6 Larry Bergeron - QB</t>
   </si>
   <si>
     <t>#35 John Lacy - RB</t>
   </si>
   <si>
     <t>#88 Issac Pitts - TE</t>
   </si>
   <si>
     <t>#12 James Christy - WR</t>
   </si>
   <si>
     <t>#10 Norman Holst - WR</t>
   </si>
@@ -401,111 +401,111 @@
   <si>
     <t>#55 Armand Kingston - MLB</t>
   </si>
   <si>
     <t>#56 James Pruett - MLB</t>
   </si>
   <si>
     <t>#48 Ryan Welch - CB</t>
   </si>
   <si>
     <t>#37 John Luster - CB</t>
   </si>
   <si>
     <t>#30 Timothy Beard - CB</t>
   </si>
   <si>
     <t>#36 Stephen Ratliff - SS</t>
   </si>
   <si>
     <t>#23 David Rush - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
-    <t>BLJ 38</t>
+    <t>APK 38</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LYN 38 (14:18) 35-John Lacy ran to LYN 39 for 2 yards. Tackle by 37-John Luster.</t>
   </si>
   <si>
     <t>#47 Charles Schaaf - FB</t>
   </si>
   <si>
     <t>#70 Rolland Napier - LDE</t>
   </si>
   <si>
     <t>#62 John States - DT</t>
   </si>
   <si>
     <t>#92 Robin Arbour - MLB</t>
   </si>
   <si>
     <t>#93 Mark Lane - MLB</t>
   </si>
   <si>
     <t>#27 Cecil Marshall - SS</t>
   </si>
   <si>
     <t>#21 David Walker - FS</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
-    <t>BLJ 39</t>
+    <t>APK 39</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-8-LYN 39 (13:41) 35-John Lacy ran to LYN 41 for 1 yards. Tackle by 36-Stephen Ratliff.</t>
   </si>
   <si>
     <t>#51 Reginald McKinnon - MLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>Timeout LYN</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
-    <t>BLJ 41</t>
+    <t>APK 41</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-7-LYN 41 (13:00) 6-Larry Bergeron pass complete to 15-Matt Kopecky to LSV 46 for 14 yards. Tackle by 48-Ryan Welch. Nice job by 15-Matt Kopecky on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#1 Steven Myers - RB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>LSV 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-LSV 46 (12:16) 35-John Lacy ran to LSV 42 for 3 yards. 35-John Lacy FUMBLES (36-Stephen Ratliff) recovered by LYN-28-Robert Serrano to LSV 39 for 4 yards. Tackle by 48-Ryan Welch.</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>#62 Kermit Graham - C</t>
   </si>
   <si>
     <t>#4 Johnny Welty - K</t>
   </si>
   <si>
     <t>#66 Jose Brown - LG</t>
   </si>
   <si>
     <t>#76 Roy Ng - RG</t>
   </si>
   <si>
     <t>#74 Johnnie Vigna - RT</t>
   </si>
   <si>
     <t>#37 Manuel Hamm - RB</t>
   </si>
   <si>
     <t>#54 Jessie Welborn - WLB</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
-    <t>BLJ 35</t>
+    <t>APK 35</t>
   </si>
   <si>
     <t>(8:59) 18-Johnny Welty kicks 75 yards from LYN 35 to LSV -10. Touchback.</t>
   </si>
   <si>
     <t>#53 Edward Ellis - SLB</t>
   </si>
   <si>
     <t>LSV 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-LSV 25 (8:59) 13-John Caldwell sacked at LSV 17 for -8 yards (25-Jonathan Herrera). Sack allowed by 75-William Douglas.</t>
   </si>
   <si>
     <t>#7 John Caldwell - QB</t>
   </si>
   <si>
     <t>#21 Sylvester Bass - FB</t>
   </si>
@@ -734,75 +734,75 @@
   <si>
     <t>LSV 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-LSV 31 (7:01) 10-Timothy Blair punts 49 yards to LYN 21. Fair Catch by 28-Robert Serrano.</t>
   </si>
   <si>
     <t>#10 Timothy Blair - P</t>
   </si>
   <si>
     <t>#61 Victor Quiles - LT</t>
   </si>
   <si>
     <t>#63 Adam Allison - RT</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
-    <t>BLJ 21</t>
+    <t>APK 21</t>
   </si>
   <si>
     <t>Singleback Normal Slot WR Cross</t>
   </si>
   <si>
     <t>1-10-LYN 21 (6:54) 6-Larry Bergeron pass complete to 35-John Lacy to LYN 27 for 6 yards. Tackle by 79-John States.</t>
   </si>
   <si>
     <t>6:11</t>
   </si>
   <si>
-    <t>BLJ 27</t>
+    <t>APK 27</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-4-LYN 27 (6:10) 6-Larry Bergeron pass complete to 47-Charles Schaaf to LYN 31 for 4 yards. Tackle by 48-Ryan Welch. Great move by 47-Charles Schaaf to get free of his coverage.</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
-    <t>BLJ 31</t>
+    <t>APK 31</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-LYN 31 (5:24) 6-Larry Bergeron pass complete to 15-Matt Kopecky to LSV 10 for 59 yards. Tackle by 21-David Walker. Nice job by 15-Matt Kopecky on that route to lose his coverage.</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>LSV 10</t>
   </si>
   <si>
     <t>1-10-LSV 10 (4:41) 6-Larry Bergeron pass complete to 17-Norman Holst to LSV 2 for 8 yards. Tackle by 30-Timothy Beard. 17-Norman Holst breaks down the CB.</t>
   </si>
   <si>
     <t>#90 Michael Zubia - RDE</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>LSV 2</t>
   </si>
@@ -848,90 +848,90 @@
   <si>
     <t>2-17-LSV 18 (3:22) 40-Manuel Hamm ran to LSV 19 for 2 yards. Tackle by 63-Lawrence Newman.</t>
   </si>
   <si>
     <t>2:46</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-16-LSV 19 (2:45) 13-John Caldwell pass complete to 40-Manuel Hamm to LSV 25 for 6 yards. Tackle by 32-Albert Crawford.</t>
   </si>
   <si>
     <t>2:12</t>
   </si>
   <si>
     <t>4-10-LSV 25 (2:11) 10-Timothy Blair punts 45 yards to LYN 30. Fair Catch by 28-Robert Serrano.</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
-    <t>BLJ 30</t>
+    <t>APK 30</t>
   </si>
   <si>
     <t>1-10-LYN 30 (2:04) 6-Larry Bergeron pass complete to 84-Issac Pitts to LYN 41 for 10 yards. Tackle by 93-Mark Lane.</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-LYN 41 (1:23) 6-Larry Bergeron pass Pass knocked down by 92-Robin Arbour. incomplete, intended for 84-Issac Pitts.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-LYN 41 (1:21) 35-John Lacy ran to LYN 47 for 7 yards. Tackle by 48-Ryan Welch.</t>
   </si>
   <si>
     <t>0:43</t>
   </si>
   <si>
-    <t>BLJ 47</t>
+    <t>APK 47</t>
   </si>
   <si>
     <t>3-3-LYN 47 (0:42) 35-John Lacy ran to LYN 46 for -1 yards. Tackle by 52-Henry Dickerson. 67-Johnny Robinson was completely beat on that play.</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
-    <t>BLJ 46</t>
+    <t>APK 46</t>
   </si>
   <si>
     <t>4-4-LYN 46 (0:05) 5-Enrique Gonzales punts 38 yards to LSV 16.</t>
   </si>
   <si>
     <t>#5 Enrique Gonzales - P</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>LSV 16</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-LSV 16 (15:00) 13-John Caldwell pass complete to 89-David Morgan to LSV 20 for 4 yards. Tackle by 58-Sergio Terry.</t>
   </si>
   <si>
     <t>#97 Jay McCoy - DT</t>
   </si>
@@ -992,51 +992,51 @@
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>4-12-LSV 25 (12:14) 10-Timothy Blair punts 50 yards to LYN 25. 28-Robert Serrano to LYN 25 for 0 yards. Tackle by 92-Robin Arbour.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>1-10-LYN 25 (12:06) 6-Larry Bergeron pass complete to 15-Matt Kopecky to LYN 39 for 14 yards. Tackle by 23-David Rush. 37-John Luster got away with a hold on that play.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-LYN 39 (11:26) 35-John Lacy ran to LYN 44 for 5 yards. Tackle by 21-David Walker.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
-    <t>BLJ 44</t>
+    <t>APK 44</t>
   </si>
   <si>
     <t>2-5-LYN 44 (10:46) 6-Larry Bergeron pass complete to 84-Issac Pitts to LSV 22 for 34 yards. Tackle by 21-David Walker.</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>LSV 22</t>
   </si>
   <si>
     <t>1-10-LSV 22 (10:04) 42-Steven Myers ran to LSV 17 for 5 yards. Tackle by 23-David Rush.</t>
   </si>
   <si>
     <t>9:24</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>2-5-LSV 17 (9:23) 6-Larry Bergeron pass complete to 17-Norman Holst to LSV 8 for 9 yards. Tackle by 79-John States.</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
@@ -1088,189 +1088,189 @@
   <si>
     <t>LSV 33</t>
   </si>
   <si>
     <t>2-8-LSV 33 (7:52) 13-John Caldwell pass Pass knocked down by 34-Charles Adams. incomplete, intended for 32-Sylvester Bass.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>3-8-LSV 33 (7:48) 13-John Caldwell pass Pass knocked down by 41-Dennis Macaulay. incomplete, intended for 12-Fredrick Williams. 41-Dennis Macaulay got away with a hold on that play.</t>
   </si>
   <si>
     <t>#34 Richard Pearson - RB</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>4-8-LSV 33 (7:45) 10-Timothy Blair punts 63 yards to LYN 4.</t>
   </si>
   <si>
     <t>7:34</t>
   </si>
   <si>
-    <t>BLJ 4</t>
+    <t>APK 4</t>
   </si>
   <si>
     <t>1-10-LYN 4 (7:35) 35-John Lacy ran to LYN 12 for 8 yards. 35-John Lacy FUMBLES (36-Stephen Ratliff) recovered by LSV-37-John Luster to LYN 11 for 1 yards. Tackle by 77-Paul Ngo.</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
-    <t>BLJ 11</t>
+    <t>APK 11</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-LYN 11 (7:29) 13-John Caldwell pass Pass knocked down by 58-Sergio Terry. incomplete, intended for 89-David Morgan. 41-Dennis Macaulay got away with a hold on that play.</t>
   </si>
   <si>
     <t>#73 Timothy Walton - RG</t>
   </si>
   <si>
     <t>#58 Freeman Ellett - C</t>
   </si>
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-10-LYN 11 (7:26) 26-Ronnie Hunt ran to LYN 2 for 9 yards. Tackle by 92-Joseph Torrey. LSV 71-Thomas Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
-    <t>BLJ 2</t>
+    <t>APK 2</t>
   </si>
   <si>
     <t>3-1-LYN 2 (6:41) 13-John Caldwell pass Pass knocked down by 34-Charles Adams. incomplete, intended for 87-Ivan Porter.</t>
   </si>
   <si>
     <t>6:36</t>
   </si>
   <si>
     <t>4-1-LYN 2 (6:37) 17-John Donaldson 19 yard field goal is GOOD. LSV 81-Kendrick Pearson was injured on the play. He looks like he should be able to return. LYN 17 LSV 3</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>(6:35) 17-John Donaldson kicks 75 yards from LSV 35 to LYN -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>1-10-LYN 25 (6:35) 6-Larry Bergeron pass complete to 15-Matt Kopecky to LYN 26 for 1 yards. Tackle by 37-John Luster.</t>
   </si>
   <si>
     <t>5:56</t>
   </si>
   <si>
-    <t>BLJ 26</t>
+    <t>APK 26</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-9-LYN 26 (5:55) 35-John Lacy ran to LYN 39 for 13 yards. Tackle by 21-David Walker.</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>Singleback Empty 4 WR Post Corner</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LYN 39 (5:21) 6-Larry Bergeron sacked at LYN 31 for -8 yards (68-David Hale). Sack allowed by 57-Henry Hollingsworth.</t>
   </si>
   <si>
     <t>#85 Sidney Finn - WR</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>2-18-LYN 31 (4:48) 6-Larry Bergeron pass Pass knocked down by 93-Mark Lane. incomplete, intended for 17-Norman Holst.</t>
   </si>
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>3-18-LYN 31 (4:46) 6-Larry Bergeron pass INTERCEPTED by 30-Timothy Beard at LYN 33. 30-Timothy Beard to LYN 0 for 33 yards. TOUCHDOWN! LYN 17 LSV 9</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
-    <t>BLJ 15</t>
+    <t>APK 15</t>
   </si>
   <si>
     <t>(4:38) Extra point GOOD by 17-John Donaldson. LYN 17 LSV 10</t>
   </si>
   <si>
     <t>(4:38) 17-John Donaldson kicks 74 yards from LSV 35 to LYN -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-LYN 25 (4:38) 35-John Lacy ran to LYN 25 for a short loss. Tackle by 90-Michael Zubia.</t>
   </si>
   <si>
     <t>3:54</t>
   </si>
   <si>
     <t>2-10-LYN 25 (3:53) 35-John Lacy ran to LYN 23 for -1 yards. Tackle by 70-Rolland Napier.</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
-    <t>BLJ 23</t>
+    <t>APK 23</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-12-LYN 23 (3:10) 6-Larry Bergeron pass complete to 47-Charles Schaaf to LYN 24 for 1 yards. Tackle by 92-Robin Arbour.</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
-    <t>BLJ 24</t>
+    <t>APK 24</t>
   </si>
   <si>
     <t>4-11-LYN 24 (2:27) 5-Enrique Gonzales punts 45 yards to LSV 31. Fair Catch by 40-Manuel Hamm.</t>
   </si>
   <si>
     <t>2:20</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-LSV 31 (2:21) 26-Ronnie Hunt ran to LSV 32 for 1 yards. Tackle by 63-Lawrence Newman.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>LSV 32</t>
   </si>
   <si>
     <t>2-9-LSV 32 (2:00) 13-John Caldwell pass Pass knocked down by 21-Donte Orduna. incomplete, intended for 89-David Morgan.</t>
   </si>
@@ -1286,90 +1286,90 @@
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>Timeout LSV</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>LSV 47</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LSV 47 (1:49) 13-John Caldwell pass complete to 81-Kendrick Pearson to LYN 22 for 31 yards. Tackle by 34-Charles Adams. PENALTY - Offsides (LYN 52-Will Owens) (Declined)</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
   <si>
-    <t>BLJ 22</t>
+    <t>APK 22</t>
   </si>
   <si>
     <t>1-10-LYN 22 (1:43) 13-John Caldwell pass complete to 82-Nathaniel Hamel to LYN 19 for 3 yards. Tackle by 58-Sergio Terry.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
-    <t>BLJ 19</t>
+    <t>APK 19</t>
   </si>
   <si>
     <t>2-7-LYN 19 (1:37) 13-John Caldwell pass complete to 89-David Morgan to LYN 7 for 12 yards. 89-David Morgan FUMBLES (58-Sergio Terry) recovered by LYN-58-Sergio Terry at LYN 4. Tackle by 89-David Morgan.</t>
   </si>
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>1-10-LYN 4 (1:32) 35-John Lacy ran to LYN 8 for 4 yards. Tackle by 30-Timothy Beard.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
-    <t>BLJ 8</t>
+    <t>APK 8</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-6-LYN 8 (0:50) 35-John Lacy ran to LYN 20 for 13 yards. Tackle by 21-David Walker.</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
-    <t>BLJ 20</t>
+    <t>APK 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-LYN 20 (0:14) 42-Steven Myers ran to LYN 26 for 6 yards. Tackle by 48-Ryan Welch.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 18-Johnny Welty kicks 75 yards from LYN 35 to LSV -10. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-LSV 25 (15:00) 26-Ronnie Hunt ran to LSV 27 for 2 yards. Tackle by 32-Albert Crawford.</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>2-8-LSV 27 (14:22) 13-John Caldwell pass incomplete, intended for 81-Kendrick Pearson.</t>
   </si>
@@ -1487,195 +1487,195 @@
   <si>
     <t>2-6-LSV 43 (7:36) 40-Manuel Hamm ran to LSV 46 for 3 yards. Tackle by 54-Edwin Pegg.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>3-3-LSV 46 (7:03) 34-Richard Pearson ran to LSV 47 for 1 yards. Tackle by 92-Joseph Torrey.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>4-2-LSV 47 (6:25) 10-Timothy Blair punts 49 yards to LYN 4.</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>1-10-LYN 4 (6:15) 35-John Lacy ran to LYN 6 for 3 yards. Tackle by 30-Timothy Beard.</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
-    <t>BLJ 6</t>
+    <t>APK 6</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-7-LYN 6 (5:30) 6-Larry Bergeron pass complete to 17-Norman Holst to LYN 13 for 6 yards. Tackle by 30-Timothy Beard.</t>
   </si>
   <si>
-    <t>BLJ 13</t>
+    <t>APK 13</t>
   </si>
   <si>
     <t>3-1-LYN 13 (4:48) 35-John Lacy ran to LYN 23 for 10 yards. Tackle by 52-Henry Dickerson. LYN 35-John Lacy was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>1-10-LYN 23 (4:02) 6-Larry Bergeron pass Pass knocked down by 93-Mark Lane. incomplete, intended for 42-Steven Myers. Pressure by 52-Henry Dickerson.</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>2-10-LYN 23 (3:57) 6-Larry Bergeron sacked at LYN 18 for -5 yards (70-Rolland Napier). Sack allowed by 70-Charles Yee. PENALTY - Holding (LYN 57-Henry Hollingsworth)</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-20-LYN 13 (3:54) 6-Larry Bergeron pass complete to 47-Charles Schaaf to LYN 13 for a short loss. Tackle by 37-John Luster.</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>3-20-LYN 13 (3:15) 6-Larry Bergeron pass incomplete, dropped by 84-Issac Pitts. Pressure by 68-David Hale.</t>
   </si>
   <si>
     <t>3:07</t>
   </si>
   <si>
     <t>4-20-LYN 13 (3:08) 5-Enrique Gonzales punts 46 yards to LSV 41. 40-Manuel Hamm to LSV 48 for 8 yards. Tackle by 92-Joseph Torrey.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>1-10-LSV 48 (3:00) 13-John Caldwell pass complete to 32-Sylvester Bass to LYN 49 for 3 yards. Tackle by 52-Will Owens.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
-    <t>BLJ 49</t>
+    <t>APK 49</t>
   </si>
   <si>
     <t>2-7-LYN 49 (2:21) 40-Manuel Hamm ran to LYN 43 for 5 yards. Tackle by 54-Edwin Pegg.</t>
   </si>
   <si>
     <t>1:40</t>
   </si>
   <si>
-    <t>BLJ 43</t>
+    <t>APK 43</t>
   </si>
   <si>
     <t>3-1-LYN 43 (1:39) 34-Richard Pearson ran to LYN 36 for 7 yards. Tackle by 32-Albert Crawford.</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
-    <t>BLJ 36</t>
+    <t>APK 36</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-LYN 36 (0:55) 13-John Caldwell ran to LYN 23 for 13 yards. Tackle by 32-Albert Crawford.</t>
   </si>
   <si>
     <t>0:08</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-LYN 23 (0:07) 13-John Caldwell pass Pass knocked down by 41-Dennis Macaulay. incomplete, intended for 26-Ronnie Hunt. Pressure by 52-Will Owens.</t>
   </si>
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-10-LYN 23 (0:02) 40-Manuel Hamm ran to LYN 19 for 5 yards. Tackle by 58-Sergio Terry.</t>
   </si>
   <si>
     <t>#45 Toby Wilson - SS</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>3-5-LYN 19 (15:00) 34-Richard Pearson ran to LYN 16 for 3 yards. Tackle by 91-Eric Brinson.</t>
   </si>
   <si>
-    <t>BLJ 16</t>
+    <t>APK 16</t>
   </si>
   <si>
     <t>4-3-LYN 16 (14:16) 17-John Donaldson 33 yard field goal is GOOD. LYN 17 LSV 13</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>(14:13) 17-John Donaldson kicks 74 yards from LSV 35 to LYN -9. 28-Robert Serrano to LYN 24 for 33 yards. Tackle by 79-John States.</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>1-10-LYN 24 (14:08) 6-Larry Bergeron pass complete to 17-Norman Holst to LYN 36 for 12 yards. Tackle by 66-Richard Williamson.</t>
   </si>
   <si>
     <t>1-10-LYN 36 (13:27) 35-John Lacy ran to LYN 48 for 12 yards. Tackle by 27-Cecil Marshall.</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
-    <t>BLJ 48</t>
+    <t>APK 48</t>
   </si>
   <si>
     <t>1-10-LYN 48 (12:40) 6-Larry Bergeron pass complete to 17-Norman Holst to LSV 33 for 19 yards. Tackle by 93-Mark Lane. The defense seems to be calling that same play a lot.</t>
   </si>
   <si>
     <t>1-10-LSV 33 (12:04) 6-Larry Bergeron pass Pass knocked down by 27-Cecil Marshall. incomplete, intended for 84-Issac Pitts. Pressure by 48-Ryan Welch.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>2-10-LSV 33 (11:58) 42-Steven Myers ran to LSV 32 for 1 yards. Tackle by 51-Reginald McKinnon. 84-Issac Pitts completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>3-9-LSV 32 (11:24) 6-Larry Bergeron pass complete to 15-Matt Kopecky to LSV 29 for 3 yards. Tackle by 48-Ryan Welch.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>LSV 29</t>
   </si>
@@ -1724,69 +1724,69 @@
   <si>
     <t>LSV 45</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-18-LSV 45 (9:15) 13-John Caldwell pass incomplete, dropped by 81-Kendrick Pearson. Pressure by 56-Neil Smith.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>3-18-LSV 45 (9:11) 13-John Caldwell sacked at LSV 38 for -7 yards (52-Will Owens). Sack allowed by 65-Stephen Greenway.</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>LSV 38</t>
   </si>
   <si>
     <t>4-25-LSV 38 (8:29) 10-Timothy Blair punts 51 yards to LYN 11. 28-Robert Serrano to LYN 18 for 7 yards. Tackle by 21-David Walker.</t>
   </si>
   <si>
-    <t>BLJ 18</t>
+    <t>APK 18</t>
   </si>
   <si>
     <t>1-10-LYN 18 (8:21) 35-John Lacy ran to LYN 21 for 3 yards. Tackle by 30-Timothy Beard.</t>
   </si>
   <si>
     <t>2-7-LYN 21 (7:43) 6-Larry Bergeron sacked at LYN 11 for -10 yards (68-David Hale). Sack allowed by 57-Henry Hollingsworth. PENALTY - Facemask (LSV 68-David Hale)</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
   <si>
     <t>1-10-LYN 26 (7:39) 6-Larry Bergeron pass complete to 47-Charles Schaaf to LYN 34 for 8 yards. Tackle by 51-Reginald McKinnon. 47-Charles Schaaf made a great move on the CB.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
-    <t>BLJ 34</t>
+    <t>APK 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-2-LYN 34 (6:59) 42-Steven Myers ran to LYN 36 for 2 yards. Tackle by 92-Robin Arbour.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>3-1-LYN 36 (6:19) 6-Larry Bergeron pass Pass knocked down by 48-Ryan Welch. incomplete, intended for 82-James Christy.</t>
   </si>
   <si>
     <t>4-1-LYN 36 (6:15) 5-Enrique Gonzales punts 48 yards to LSV 16. 40-Manuel Hamm to LSV 27 for 11 yards. Tackle by 62-Kermit Graham.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>1-10-LSV 27 (6:07) 26-Ronnie Hunt ran to LSV 28 for 1 yards. Tackle by 94-Michael Masuda.</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
@@ -1805,81 +1805,81 @@
   <si>
     <t>4-6-LSV 31 (4:07) 10-Timothy Blair punts 50 yards to LYN 19. Fair Catch by 28-Robert Serrano.</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>1-10-LYN 19 (4:00) 35-John Lacy ran to LYN 18 for -1 yards. Tackle by 57-Gary Harrison.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>2-11-LYN 18 (3:20) 35-John Lacy ran to LYN 27 for 9 yards. Tackle by 36-Stephen Ratliff. LYN 84-Issac Pitts was injured on the play. LSV 21-David Walker was injured on the play.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>3-2-LYN 27 (2:39) 42-Steven Myers ran to LYN 32 for 5 yards. Tackle by 68-David Hale.</t>
   </si>
   <si>
     <t>#42 Jason Whitehead - FB</t>
   </si>
   <si>
-    <t>BLJ 32</t>
+    <t>APK 32</t>
   </si>
   <si>
     <t>1-10-LYN 32 (2:00) 42-Steven Myers ran to LYN 27 for -5 yards. Tackle by 70-Rolland Napier.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>2-15-LYN 27 (1:57) 35-John Lacy ran to LYN 32 for 4 yards. Tackle by 51-Reginald McKinnon.</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>3-11-LYN 32 (1:53) 42-Steven Myers ran to LYN 29 for -3 yards. Tackle by 37-John Luster. LYN 42-Steven Myers was injured on the play.</t>
   </si>
   <si>
     <t>1:51</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
-    <t>BLJ 29</t>
+    <t>APK 29</t>
   </si>
   <si>
     <t>4-14-LYN 29 (1:48) 5-Enrique Gonzales punts 44 yards to LSV 27. Fair Catch by 40-Manuel Hamm.</t>
   </si>
   <si>
     <t>1-10-LSV 27 (1:41) 13-John Caldwell pass Pass knocked down by 21-Donte Orduna. incomplete, intended for 89-David Morgan. LYN 63-Lawrence Newman was injured on the play.</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>2-10-LSV 27 (1:39) 13-John Caldwell sacked at LSV 19 for -9 yards (52-Will Owens). Sack allowed by 75-William Douglas.</t>
   </si>
   <si>
     <t>1:21</t>
   </si>
   <si>
     <t>3-19-LSV 19 (1:20) (Hot Read) 13-John Caldwell pass Pass knocked down by 92-Joseph Torrey. incomplete, intended for 26-Ronnie Hunt. Pressure by 59-James Romero.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>4-19-LSV 19 (1:17) 13-John Caldwell pass incomplete, intended for 88-Samuel Aguirre. Pressure by 52-Will Owens. Turnover on downs.</t>
   </si>