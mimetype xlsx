--- v0 (2025-10-27)
+++ v1 (2025-12-28)
@@ -266,54 +266,54 @@
   <si>
     <t>ST Rusher10</t>
   </si>
   <si>
     <t>ST Rusher9</t>
   </si>
   <si>
     <t>ST Rusher6</t>
   </si>
   <si>
     <t>ST Rusher5</t>
   </si>
   <si>
     <t>ST Rusher7</t>
   </si>
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>SAL has won the toss and elected to receive.</t>
   </si>
   <si>
-    <t>BLJ</t>
-[...2 lines deleted...]
-    <t>BLJ 35</t>
+    <t>APK</t>
+  </si>
+  <si>
+    <t>APK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Gerald Fox kicks 75 yards from LYN 35 to SAL -10. Touchback.</t>
   </si>
   <si>
     <t>#6 Bill Pennington - WR</t>
   </si>
   <si>
     <t>#75 James Whalen - LT</t>
   </si>
   <si>
     <t>#97 Victor Evans - WLB</t>
   </si>
   <si>
     <t>#96 Carl Gardner - LDE</t>
   </si>
   <si>
     <t>#49 Daniel Ruiz - CB</t>
   </si>
@@ -575,201 +575,201 @@
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>SAL 36</t>
   </si>
   <si>
     <t>1-10-SAL 36 (13:30) 33-Henry Gilman ran to SAL 49 for 13 yards. Tackle by 21-Donte Orduna.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>SAL 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-SAL 49 (12:50) 26-Harold Frank ran to LYN 39 for 12 yards. Tackle by 21-Donte Orduna.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
-    <t>BLJ 39</t>
+    <t>APK 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-LYN 39 (12:04) 33-Henry Gilman ran to LYN 37 for 2 yards. Tackle by 47-Roland Fitzgerald.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
-    <t>BLJ 37</t>
+    <t>APK 37</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-8-LYN 37 (11:20) 3-Fred Ulrich pass complete to 82-Kevin McCoy to LYN 31 for 6 yards. Tackle by 94-George Rhodes.</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
-    <t>BLJ 31</t>
+    <t>APK 31</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-2-LYN 31 (10:42) 33-Henry Gilman ran to LYN 28 for 3 yards. Tackle by 94-George Rhodes.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
-    <t>BLJ 28</t>
+    <t>APK 28</t>
   </si>
   <si>
     <t>1-10-LYN 28 (10:09) 33-Henry Gilman ran to LYN 26 for 2 yards. Tackle by 53-Orville Landers.</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
-    <t>BLJ 26</t>
+    <t>APK 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-8-LYN 26 (9:31) 3-Fred Ulrich pass complete to 44-Robert Carlos to LYN 20 for 6 yards. Pushed out of bounds by 53-Orville Landers.</t>
   </si>
   <si>
     <t>#47 Charlie Delfino - CB</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
-    <t>BLJ 20</t>
+    <t>APK 20</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-2-LYN 20 (8:53) 33-Henry Gilman ran to LYN 21 for -1 yards. Tackle by 91-Eric Brinson.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
-    <t>BLJ 21</t>
+    <t>APK 21</t>
   </si>
   <si>
     <t>4-2-LYN 21 (8:16) 18-Gary Parsley 38 yard field goal is GOOD. SAL 3 LYN 7</t>
   </si>
   <si>
     <t>#18 Gary Parsley - K</t>
   </si>
   <si>
     <t>#74 William Scott - LT</t>
   </si>
   <si>
     <t>#64 Charles Cruz - RT</t>
   </si>
   <si>
     <t>#48 Dennis Gordan - SLB</t>
   </si>
   <si>
     <t>#50 Paul Hubbard - WLB</t>
   </si>
   <si>
     <t>#71 Benjamin Council - RDE</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>SAL 35</t>
   </si>
   <si>
     <t>(8:13) 18-Gary Parsley kicks 72 yards from SAL 35 to LYN -7. Touchback.</t>
   </si>
   <si>
     <t>#36 James Johnson - CB</t>
   </si>
   <si>
     <t>#16 Christopher Kuntz - WR</t>
   </si>
   <si>
-    <t>BLJ 25</t>
+    <t>APK 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LYN 25 (8:13) 13-Ray Thomas pass complete to 84-Issac Pitts to LYN 32 for 7 yards. Tackle by 94-Michael Koehler. PENALTY - Unnecessary Roughness (SAL 94-Michael Koehler) (Declined) PENALTY - Defensive Holding (SAL 94-Michael Koehler)</t>
   </si>
   <si>
     <t>#88 Issac Pitts - TE</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
-    <t>BLJ 30</t>
+    <t>APK 30</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-LYN 30 (8:08) 13-Ray Thomas pass complete to 24-Michael Wood to LYN 45 for 15 yards.</t>
   </si>
   <si>
     <t>7:21</t>
   </si>
   <si>
-    <t>BLJ 45</t>
+    <t>APK 45</t>
   </si>
   <si>
     <t>Singleback Big HB Pitch Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man OLB Flat Zone</t>
   </si>
   <si>
     <t>1-10-LYN 45 (7:20) 35-Anthony Dillard ran to SAL 46 for 8 yards. Tackle by 56-Richard Lynch.</t>
   </si>
   <si>
     <t>#35 Anthony Dillard - RB</t>
   </si>
   <si>
     <t>#42 Richard Lynch - SS</t>
   </si>
   <si>
     <t>#21 William Cope - CB</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>SAL 46</t>
   </si>
@@ -956,198 +956,198 @@
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>2-12-SAL 44 (14:13) 44-Robert Carlos ran to LYN 45 for 12 yards. Tackle by 21-Donte Orduna.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>3-1-LYN 45 (13:32) 33-Henry Gilman ran to LYN 40 for 4 yards. Tackle by 47-Roland Fitzgerald. PENALTY - Holding (SAL 67-Stephen Obrien)</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-11-SAL 45 (13:29) 3-Fred Ulrich pass complete to 81-Robert Marsh to LYN 43 for 12 yards. Tackle by 34-Charles Adams.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
-    <t>BLJ 43</t>
+    <t>APK 43</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-LYN 43 (12:52) 33-Henry Gilman ran to LYN 43 for a short gain. Tackle by 94-George Rhodes.</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>2-10-LYN 43 (12:19) 3-Fred Ulrich pass complete to 16-Bill Pennington to LYN 28 for 14 yards. Tackle by 34-Charles Adams. 34-Charles Adams got away with a hold on that play.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-LYN 28 (11:37) 3-Fred Ulrich pass complete to 19-Walter Pratt to LYN 17 for 11 yards. Tackle by 32-Albert Crawford. LYN 98-Arthur Nicholas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
-    <t>BLJ 17</t>
+    <t>APK 17</t>
   </si>
   <si>
     <t>1-10-LYN 17 (11:01) 33-Henry Gilman ran to LYN 10 for 7 yards. Tackle by 42-James Johnson.</t>
   </si>
   <si>
     <t>#95 Royce Creager - DT</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
-    <t>BLJ 10</t>
+    <t>APK 10</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-3-LYN 10 (10:28) 3-Fred Ulrich pass complete to 82-Kevin McCoy to LYN 3 for 7 yards. Tackle by 41-Dennis Macaulay. SAL 26-Harold Frank was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
-    <t>BLJ 3</t>
+    <t>APK 3</t>
   </si>
   <si>
     <t>1-3-LYN 3 (9:47) 3-Fred Ulrich pass incomplete, intended for 82-Kevin McCoy. 91-Eric Brinson got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>2-3-LYN 3 (9:44) 33-Henry Gilman ran for 3 yards. TOUCHDOWN! SAL 9 LYN 10</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
-    <t>BLJ 15</t>
+    <t>APK 15</t>
   </si>
   <si>
     <t>(9:42) Extra point GOOD by 18-Gary Parsley. LYN 64-Robert Peoples was injured on the play. He looks like he should be able to return. SAL 10 LYN 10</t>
   </si>
   <si>
     <t>(9:42) 18-Gary Parsley kicks 76 yards from SAL 35 to LYN -11. Touchback.</t>
   </si>
   <si>
     <t>1-10-LYN 25 (9:42) 24-Michael Wood ran to LYN 28 for 3 yards. Tackle by 94-Michael Koehler.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>2-7-LYN 28 (9:06) 24-Michael Wood ran to LYN 27 for -1 yards. Tackle by 52-Isaac Medina.</t>
   </si>
   <si>
     <t>8:32</t>
   </si>
   <si>
-    <t>BLJ 27</t>
+    <t>APK 27</t>
   </si>
   <si>
     <t>3-8-LYN 27 (8:31) 24-Michael Wood ran to LYN 29 for 2 yards. Tackle by 27-Jamal Kelly.</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
-    <t>BLJ 29</t>
+    <t>APK 29</t>
   </si>
   <si>
     <t>4-6-LYN 29 (7:47) PENALTY - False Start (LYN 80-Anthony Elliott)</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
-    <t>BLJ 24</t>
+    <t>APK 24</t>
   </si>
   <si>
     <t>4-11-LYN 24 (7:47) 9-Glenn Canada punts 50 yards to SAL 26. 16-Bill Pennington to LYN 44 for 30 yards. Tackle by 77-Paul Ngo.</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
-    <t>BLJ 44</t>
+    <t>APK 44</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-LYN 44 (7:34) 33-Henry Gilman ran to LYN 29 for 15 yards. Tackle by 91-Eric Brinson.</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>1-10-LYN 29 (6:58) 3-Fred Ulrich pass Pass knocked down by 91-Eric Brinson. incomplete, intended for 44-Robert Carlos.</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-LYN 29 (6:56) 3-Fred Ulrich pass complete to 44-Robert Carlos to LYN 19 for 10 yards. Tackle by 91-Eric Brinson.</t>
   </si>
   <si>
     <t>6:13</t>
   </si>
   <si>
-    <t>BLJ 19</t>
+    <t>APK 19</t>
   </si>
   <si>
     <t>1-10-LYN 19 (6:12) 33-Henry Gilman ran to LYN 17 for 1 yards. Tackle by 95-Robert King.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>2-9-LYN 17 (5:35) 33-Henry Gilman ran to LYN 25 for -8 yards. Tackle by 53-Orville Landers.</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-16-LYN 25 (4:53) 3-Fred Ulrich pass Pass knocked down by 94-George Rhodes. incomplete, intended for 19-Walter Pratt.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>4-16-LYN 25 (4:50) 18-Gary Parsley 42 yard field goal is GOOD. SAL 13 LYN 10</t>
   </si>
@@ -1160,51 +1160,51 @@
   <si>
     <t>1-10-LYN 25 (4:47) 13-Ray Thomas pass complete to 24-Michael Wood to LYN 31 for 6 yards. Tackle by 52-Isaac Medina.</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-4-LYN 31 (4:09) 24-Michael Wood ran to LYN 31 for 1 yards. Tackle by 52-Isaac Medina.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-4-LYN 31 (3:25) 13-Ray Thomas pass complete to 45-Christopher Rutherford to LYN 34 for 3 yards. Tackle by 59-Victor Evans.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
-    <t>BLJ 34</t>
+    <t>APK 34</t>
   </si>
   <si>
     <t>4-1-LYN 34 (2:51) 9-Glenn Canada punts 48 yards to SAL 18. 16-Bill Pennington to SAL 19 for 1 yards. Tackle by 53-Orville Landers.</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>SAL 19</t>
   </si>
   <si>
     <t>1-10-SAL 19 (2:43) 33-Henry Gilman ran to SAL 25 for 6 yards. Tackle by 21-Donte Orduna.</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Drag</t>
   </si>
   <si>
     <t>2-4-SAL 25 (2:02) 3-Fred Ulrich pass incomplete, intended for 82-Kevin McCoy.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
@@ -1250,171 +1250,171 @@
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>SAL 48</t>
   </si>
   <si>
     <t>1-10-SAL 48 (1:10) 3-Fred Ulrich pass incomplete, intended for 33-Henry Gilman.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-10-SAL 48 (1:08) 3-Fred Ulrich pass complete to 82-Kevin McCoy to LYN 47 for 6 yards. Tackle by 32-Albert Crawford. 82-Kevin McCoy did some fancy footwork there.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
-    <t>BLJ 47</t>
+    <t>APK 47</t>
   </si>
   <si>
     <t>3-4-LYN 47 (0:46) 3-Fred Ulrich pass Pass knocked down by 47-Roland Fitzgerald. incomplete, intended for 89-Carlos Ducksworth.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>4-4-LYN 47 (0:42) 13-Douglas Brown punts 41 yards to LYN 5. Fair Catch by 24-Michael Wood.</t>
   </si>
   <si>
     <t>#13 Douglas Brown - P</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
-    <t>BLJ 5</t>
+    <t>APK 5</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-LYN 5 (0:36) 24-Michael Wood ran to LYN 7 for 2 yards. Tackle by 95-Joseph Shive.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 18-Gary Parsley kicks 76 yards from SAL 35 to LYN -11. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LYN 25 (15:00) 24-Michael Wood ran to LYN 25 for a short loss. Tackle by 90-Ronald Pigg.</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-10-LYN 25 (14:25) 13-Ray Thomas pass complete to 45-Christopher Rutherford to LYN 26 for 2 yards. Tackle by 94-Michael Koehler.</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-9-LYN 26 (13:49) 13-Ray Thomas pass complete to 82-James Christy to LYN 33 for 7 yards. Tackle by 32-Timothy Taylor.</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
-    <t>BLJ 33</t>
+    <t>APK 33</t>
   </si>
   <si>
     <t>4-2-LYN 33 (13:13) 9-Glenn Canada punts 43 yards to SAL 24. 16-Bill Pennington FUMBLES recovered by SAL-16-Bill Pennington at SAL 23. Tackle by 53-Orville Landers.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>1-10-SAL 23 (13:04) 33-Henry Gilman ran to SAL 27 for 4 yards. Tackle by 99-Mark Elledge.</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>SAL 27</t>
   </si>
   <si>
     <t>2-6-SAL 27 (12:26) 44-Robert Carlos ran to SAL 24 for -2 yards. Tackle by 53-Orville Landers.</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>SAL 24</t>
   </si>
   <si>
     <t>3-8-SAL 24 (11:51) 3-Fred Ulrich pass incomplete, dropped by 33-Henry Gilman.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>4-8-SAL 24 (11:49) 13-Douglas Brown punts 46 yards to LYN 29. Fair Catch by 24-Michael Wood.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>1-10-LYN 29 (11:43) 24-Michael Wood ran to LYN 31 for 2 yards. Tackle by 59-Victor Evans.</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>2-8-LYN 31 (11:10) 13-Ray Thomas pass complete to 82-James Christy to LYN 36 for 5 yards. Tackle by 59-Victor Evans.</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
-    <t>BLJ 36</t>
+    <t>APK 36</t>
   </si>
   <si>
     <t>3-3-LYN 36 (10:29) 13-Ray Thomas pass INTERCEPTED by 59-Victor Evans at LYN 40. 59-Victor Evans to LYN 40 for 0 yards. Tackle by 45-Christopher Rutherford. Pressure by 96-Carl Gardner.</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
-    <t>BLJ 40</t>
+    <t>APK 40</t>
   </si>
   <si>
     <t>1-10-LYN 40 (10:25) 3-Fred Ulrich pass Pass knocked down by 34-Charles Adams. incomplete, intended for 16-Bill Pennington. SAL 33-Henry Gilman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>2-10-LYN 40 (10:22) PENALTY - False Start (SAL 44-Robert Carlos)</t>
   </si>
   <si>
     <t>2-15-LYN 45 (10:22) 3-Fred Ulrich pass Pass knocked down by 91-Eric Brinson. incomplete, intended for 44-Robert Carlos.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>3-15-LYN 45 (10:19) 3-Fred Ulrich pass complete to 44-Robert Carlos to LYN 30 for 14 yards. Tackle by 25-Jonathan Herrera. PENALTY - Offsides (LYN 98-Arthur Nicholas)</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>3-10-LYN 40 (10:13) 3-Fred Ulrich pass complete to 44-Robert Carlos to LYN 40 for a short loss. Tackle by 91-Eric Brinson.</t>
   </si>
@@ -1493,204 +1493,204 @@
   <si>
     <t>2-9-SAL 44 (5:31) 26-Harold Frank ran to SAL 47 for 3 yards. Tackle by 34-Charles Adams.</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>SAL 47</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>3-6-SAL 47 (4:46) 3-Fred Ulrich pass Pass knocked down by 34-Charles Adams. incomplete, intended for 33-Henry Gilman.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>4-6-SAL 47 (4:42) 13-Douglas Brown punts 46 yards to LYN 6.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
-    <t>BLJ 6</t>
+    <t>APK 6</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-LYN 6 (4:33) 24-Michael Wood ran to LYN 5 for -1 yards. Tackle by 99-John Reed.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>2-11-LYN 5 (3:57) 24-Michael Wood ran to LYN 10 for 5 yards. Tackle by 27-Jamal Kelly.</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>3-6-LYN 10 (3:16) 13-Ray Thomas pass complete to 84-Issac Pitts to LYN 18 for 8 yards. Tackle by 35-Kenneth Elder.</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
-    <t>BLJ 18</t>
+    <t>APK 18</t>
   </si>
   <si>
     <t>1-10-LYN 18 (2:38) 24-Michael Wood ran to LYN 25 for 6 yards. Tackle by 27-Jamal Kelly.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>2-4-LYN 25 (1:59) 13-Ray Thomas sacked at LYN 15 for -10 yards (96-Carl Gardner). Sack allowed by 57-Henry Hollingsworth.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>3-14-LYN 15 (1:19) 35-Anthony Dillard ran to LYN 25 for 11 yards. Tackle by 94-Michael Koehler.</t>
   </si>
   <si>
     <t>0:37</t>
   </si>
   <si>
     <t>4-3-LYN 25 (0:36) 9-Glenn Canada punts 52 yards to SAL 23. 16-Bill Pennington to SAL 35 for 12 yards. Tackle by 52-Guillermo Nelson. LYN 54-Ryan Clady was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>1-10-SAL 35 (0:27) 3-Fred Ulrich pass complete to 89-Carlos Ducksworth to LYN 3 for 62 yards. Tackle by 41-Dennis Macaulay.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>1-3-LYN 3 (15:00) 44-Robert Carlos ran to LYN 4 for -1 yards. Tackle by 71-Benjamin Council.</t>
   </si>
   <si>
     <t>#76 Robert Dixon - RT</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
-    <t>BLJ 4</t>
+    <t>APK 4</t>
   </si>
   <si>
     <t>2-4-LYN 4 (14:21) 33-Henry Gilman ran for 4 yards. TOUCHDOWN! SAL 22 LYN 10</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
-    <t>BLJ 2</t>
+    <t>APK 2</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>(14:18) 44-Robert Carlos ran for 2 yards. CONVERSION GOOD! SAL 24 LYN 10</t>
   </si>
   <si>
     <t>(14:18) 18-Gary Parsley kicks 75 yards from SAL 35 to LYN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-LYN 25 (14:18) 13-Ray Thomas sacked at LYN 16 for -9 yards (96-Carl Gardner). Sack allowed by 57-Henry Hollingsworth. 57-Henry Hollingsworth completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
-    <t>BLJ 16</t>
+    <t>APK 16</t>
   </si>
   <si>
     <t>2-19-LYN 16 (13:44) 13-Ray Thomas pass complete to 17-Earl Dow to LYN 33 for 16 yards. Tackle by 20-Andrew Beam.</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-2-LYN 33 (13:10) 13-Ray Thomas pass complete to 82-James Christy to LYN 35 for 2 yards. Tackle by 20-Andrew Beam. Pressure by 96-Carl Gardner.</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>1-10-LYN 35 (12:27) 35-Anthony Dillard ran to LYN 32 for -3 yards. Tackle by 95-Joseph Shive. 78-Robert Kidney completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
-    <t>BLJ 32</t>
+    <t>APK 32</t>
   </si>
   <si>
     <t>2-13-LYN 32 (11:49) 13-Ray Thomas pass INTERCEPTED by 20-Andrew Beam at LYN 37. 20-Andrew Beam to LYN 37 for 0 yards. Tackle by 84-Issac Pitts.</t>
   </si>
   <si>
     <t>11:46</t>
   </si>
   <si>
     <t>1-10-LYN 37 (11:47) 3-Fred Ulrich pass complete to 33-Henry Gilman to LYN 26 for 11 yards. Tackle by 91-Eric Brinson. SAL 33-Henry Gilman was injured on the play.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>1-10-LYN 26 (11:00) PENALTY - False Start (SAL 70-James Walker)</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>1-15-LYN 31 (11:00) 44-Robert Carlos ran to LYN 16 for 14 yards. 44-Robert Carlos FUMBLES (98-Arthur Nicholas) recovered by LYN-98-Arthur Nicholas to LYN 10 for -2 yards. Tackle by 44-Robert Carlos. LYN 21-Donte Orduna was injured on the play.</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-LYN 10 (10:55) 24-Michael Wood ran to LYN 13 for 3 yards. Tackle by 94-Michael Koehler.</t>
   </si>
   <si>
-    <t>BLJ 13</t>
+    <t>APK 13</t>
   </si>
   <si>
     <t>2-7-LYN 13 (10:11) 35-Anthony Dillard ran to LYN 15 for 2 yards. Tackle by 27-Jamal Kelly.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>3-5-LYN 15 (9:33) 24-Michael Wood ran to LYN 24 for 9 yards. Tackle by 94-Michael Koehler.</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>1-10-LYN 24 (8:54) 13-Ray Thomas pass complete to 45-Christopher Rutherford to LYN 36 for 12 yards. Tackle by 94-Michael Koehler. Pressure by 96-Carl Gardner.</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-LYN 36 (8:06) 13-Ray Thomas pass Pass knocked down by 35-Kenneth Elder. incomplete, intended for 80-Anthony Elliott.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
@@ -1808,111 +1808,111 @@
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>2-10-SAL 7 (2:37) 44-Robert Carlos ran to SAL 12 for 5 yards. Tackle by 21-Donte Orduna.</t>
   </si>
   <si>
     <t>3-5-SAL 12 (2:00) 3-Fred Ulrich pass complete to 33-Henry Gilman to SAL 14 for 2 yards. Tackle by 91-Eric Brinson.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>Timeout LYN</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>SAL 14</t>
   </si>
   <si>
     <t>4-3-SAL 14 (1:54) 13-Douglas Brown punts 50 yards to LYN 35. 24-Michael Wood to LYN 46 for 11 yards. Tackle by 95-Joseph Shive.</t>
   </si>
   <si>
-    <t>BLJ 46</t>
+    <t>APK 46</t>
   </si>
   <si>
     <t>1-10-LYN 46 (1:46) 13-Ray Thomas pass Pass knocked down by 27-Jamal Kelly. incomplete, intended for 82-James Christy.</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>2-10-LYN 46 (1:42) 13-Ray Thomas pass Pass knocked down by 49-Daniel Ruiz. incomplete, intended for 15-Scott Schmidt.</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>3-10-LYN 46 (1:39) 13-Ray Thomas pass incomplete, intended for 82-James Christy.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>4-10-LYN 46 (1:35) 13-Ray Thomas pass Pass knocked down by 59-Victor Evans. incomplete, intended for 45-Christopher Rutherford. Pressure by 97-Denis Riley. Turnover on downs.</t>
   </si>
   <si>
     <t>1:30</t>
   </si>
   <si>
     <t>1-10-LYN 46 (1:31) 33-Henry Gilman ran to LYN 39 for 7 yards. Tackle by 34-Charles Adams.</t>
   </si>
   <si>
     <t>1:27</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>2-3-LYN 39 (1:24) 44-Robert Carlos ran to LYN 41 for -3 yards. Tackle by 94-George Rhodes.</t>
   </si>
   <si>
-    <t>BLJ 41</t>
+    <t>APK 41</t>
   </si>
   <si>
     <t>3-6-LYN 41 (1:20) 3-Fred Ulrich pass complete to 33-Henry Gilman to LYN 39 for 2 yards. Tackle by 53-Orville Landers. SAL 33-Henry Gilman was injured on the play.</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>4-3-LYN 39 (0:44) 18-Gary Parsley 56 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>1-10-LYN 46 (0:40) 13-Ray Thomas pass complete to 24-Michael Wood to LYN 48 for 2 yards. Tackle by 27-Jamal Kelly.</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
-    <t>BLJ 48</t>
+    <t>APK 48</t>
   </si>
   <si>
     <t>2-8-LYN 48 (0:21) 13-Ray Thomas sacked at LYN 38 for -10 yards (96-Carl Gardner). Sack allowed by 57-Henry Hollingsworth.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">