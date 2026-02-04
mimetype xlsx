--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -668,51 +668,51 @@
   <si>
     <t>#84 Robert Rita - TE</t>
   </si>
   <si>
     <t>#12 Irving Fair - WR</t>
   </si>
   <si>
     <t>#80 Ryan Leonard - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#65 Alvin Schwartz - RG</t>
   </si>
   <si>
     <t>#64 Ricky Trotter - C</t>
   </si>
   <si>
     <t>#71 Jeffrey Sanders - RG</t>
   </si>
   <si>
     <t>#62 Jake Ricks - C</t>
   </si>
   <si>
-    <t>#74 David Haynes - DT</t>
+    <t>#92 David Haynes - DT</t>
   </si>
   <si>
     <t>#71 Jimmie Stitt - RDE</t>
   </si>
   <si>
     <t>#37 Joel Fernandez - FS</t>
   </si>
   <si>
     <t>#59 Nick Crawford - MLB</t>
   </si>
   <si>
     <t>#93 Bryan Ellington - WLB</t>
   </si>
   <si>
     <t>#29 Rickey Smith - CB</t>
   </si>
   <si>
     <t>#42 John Finn - FS</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>MTL 20</t>
   </si>