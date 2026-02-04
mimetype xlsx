--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 2-Richard John kicks 71 yards from LEX 35 to NTS -6. Touchback.</t>
   </si>
   <si>
     <t>#88 Clifford Quinton - WR</t>
   </si>
   <si>
     <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#98 David Sollars - WLB</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#33 Charles Canchola - CB</t>
   </si>
   <si>
     <t>#48 Kelvin Hodson - CB</t>
   </si>
   <si>
     <t>#91 Ezekiel Easley - WLB</t>
   </si>
   <si>
-    <t>#94 Harvey Marin - MLB</t>
+    <t>#96 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#56 Peter Williams - MLB</t>
   </si>
   <si>
     <t>#21 Orlando Smith - SS</t>
   </si>
   <si>
     <t>#61 Kenneth Romo - LDE</t>
   </si>
   <si>
     <t>#2 Richard John - K</t>
   </si>
   <si>
     <t>NTS</t>
   </si>
   <si>
     <t>NTS 25</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#48 Laurence Downs - FB</t>
   </si>
   <si>
     <t>#80 Frederick Perez - TE</t>
   </si>
   <si>
     <t>#84 Robert Suarez - TE</t>
   </si>
   <si>
     <t>#81 Mathew Olsen - WR</t>
   </si>
   <si>
     <t>#78 Richard Cooper - LT</t>
   </si>
   <si>
     <t>#63 Spencer Strider - LG</t>
   </si>
   <si>
     <t>#50 Milton Chapa - C</t>
   </si>
   <si>
     <t>#75 William Weber - RG</t>
   </si>
   <si>
-    <t>#65 Bryce Elder - RT</t>
+    <t>#71 Bryce Elder - RT</t>
   </si>
   <si>
     <t>#58 Gordon Perez - DT</t>
   </si>
   <si>
     <t>#78 Darin Hoyer - DT</t>
   </si>
   <si>
     <t>#70 Norman Shirley - RDE</t>
   </si>
   <si>
     <t>#57 Christian Stevens - SLB</t>
   </si>
   <si>
     <t>#31 Anthony Finley - FS</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>LEX 15</t>
   </si>
   <si>
     <t>2-5-LEX 15 (11:58) PENALTY - False Start (LEX 80-Frederick Perez)</t>
   </si>
@@ -1217,51 +1217,51 @@
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-NTS 36 (2:47) 40-William Joe ran to NTS 34 for -2 yards. Tackle by 17-Jackson Profar. 83-Jonathan Watson was completely beat on that play.</t>
   </si>
   <si>
     <t>2:08</t>
   </si>
   <si>
     <t>2-12-NTS 34 (2:07) 7-James Murray pass Pass knocked down by 91-William Rue. incomplete, intended for 40-William Joe.</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-12-NTS 34 (2:04) 7-James Murray pass Pass knocked down by 35-Eli White. incomplete, intended for 80-John Deangelo.</t>
   </si>
   <si>
-    <t>#80 John Deangelo - WR</t>
+    <t>#13 John Deangelo - WR</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>4-12-NTS 34 (2:01) 15-Patrick Martinez punts 46 yards to LEX 20. 20-John Phillips to LEX 29 for 9 yards. Tackle by 94-Harvey Marin.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-LEX 29 (1:53) 13-Ronald Acuna ran to LEX 34 for 6 yards. Tackle by 31-Anthony Finley.</t>
   </si>