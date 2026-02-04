--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -482,51 +482,51 @@
   <si>
     <t>3-4-ROC 23 (14:07) 35-Andy Ellis ran to ROC 22 for -1 yards. Tackle by 56-David Daniels.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>ROC 22</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-ROC 22 (13:30) 13-John Peterson punts 49 yards to NVr 30. Fair Catch by 49-Cha Ching.</t>
   </si>
   <si>
     <t>#13 John Peterson - P</t>
   </si>
   <si>
     <t>#49 Cha Ching - RB</t>
   </si>
   <si>
-    <t>#21 Jay Evans - CB</t>
+    <t>#21 Jay Evans - SS</t>
   </si>
   <si>
     <t>#37 Clarence Scott - FS</t>
   </si>
   <si>
     <t>#94 Cory Breedlove - SLB</t>
   </si>
   <si>
     <t>#69 Dreem Weaver - RG</t>
   </si>
   <si>
     <t>#78 Wilbur Reynolds - LT</t>
   </si>
   <si>
     <t>#71 James Chubb - RT</t>
   </si>
   <si>
     <t>#77 George Russell - C</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>NVr 30</t>
   </si>
@@ -1658,51 +1658,51 @@
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>1-10-NVr 44 (14:18) 5-Richard Barbour pass complete to 17-Ralph Howard to NVr 35 for 9 yards. Tackle by 70-Randy Raggs.</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>2-1-NVr 35 (13:44) 36-Matt Rounds ran to NVr 36 for -1 yards. Tackle by 99-Herman Doucette.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>3-2-NVr 36 (13:00) 35-Andy Ellis ran to NVr 34 for 2 yards. Tackle by 99-Herman Doucette.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>4-1-NVr 34 (12:17) 11-Willis Cashin 52 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#22 Winn McMillions - FS</t>
+    <t>#22 Winn McMillions - SS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>1-10-NVr 41 (12:14) 49-Cha Ching ran to NVr 42 for 1 yards. Tackle by 95-Glenn Diaz.</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-9-NVr 42 (11:29) 30-Lawrence Phillips ran to NVr 41 for -1 yards. Tackle by 37-Curtis Newman.</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>3-10-NVr 41 (10:53) 18-Roy Reading pass Pass knocked down by 32-Brian Walker. incomplete, intended for 85-Kevin Knopp. NVr 64-Alan Leonard was injured on the play.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>4-10-NVr 41 (10:50) 14-Joseph Gagner punts 42 yards to ROC 17. Fair Catch by 80-Mason Jahr.</t>
   </si>