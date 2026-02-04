--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -353,51 +353,51 @@
   <si>
     <t>Nickel Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-BaB 36 (14:54) 6-David Sorensen sacked at BaB 28 for -9 yards (82-Mark George). Sack allowed by 52-Roscoe Montoya.</t>
   </si>
   <si>
     <t>#6 David Sorensen - QB</t>
   </si>
   <si>
     <t>#33 Timothy Wise - RB</t>
   </si>
   <si>
     <t>#20 Phil Townley - FB</t>
   </si>
   <si>
     <t>#83 Jeremy Stoner - WR</t>
   </si>
   <si>
     <t>#89 Dana Smeltzer - WR</t>
   </si>
   <si>
     <t>#17 Joseph Lewis - WR</t>
   </si>
   <si>
-    <t>#71 Glen Fairchild - C</t>
+    <t>#62 Glen Fairchild - C</t>
   </si>
   <si>
     <t>#65 Tyler Hayter - LG</t>
   </si>
   <si>
     <t>#74 Jose Aston - C</t>
   </si>
   <si>
     <t>#59 Vincent Smith - RG</t>
   </si>
   <si>
     <t>#52 Roscoe Montoya - RT</t>
   </si>
   <si>
     <t>#82 Mark George - LDE</t>
   </si>
   <si>
     <t>#94 Robert Charles - DT</t>
   </si>
   <si>
     <t>#72 Kim Dickinson - DT</t>
   </si>
   <si>
     <t>#11 Francis Falcone - RDE</t>
   </si>