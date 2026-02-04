--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -539,51 +539,51 @@
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>SFB 6</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-SFB 6 (12:20) 14-Alfred Pitts pass complete to 33-Jack Thomas to SFB 5 for a short loss. Tackle by 36-Max Vogt.</t>
   </si>
   <si>
     <t>#14 Alfred Pitts - QB</t>
   </si>
   <si>
     <t>#33 Jack Thomas - RB</t>
   </si>
   <si>
     <t>#24 Allan Teague - RB</t>
   </si>
   <si>
-    <t>#81 Angel Taylor - TE</t>
+    <t>#83 Angel Taylor - TE</t>
   </si>
   <si>
     <t>#16 Larry Mack - WR</t>
   </si>
   <si>
     <t>#65 Ronald Murphy - LT</t>
   </si>
   <si>
     <t>#63 Rodney Ashburn - LG</t>
   </si>
   <si>
     <t>#77 Kelly Denny - C</t>
   </si>
   <si>
     <t>#50 David Parr - LG</t>
   </si>
   <si>
     <t>#74 Arthur Root - RT</t>
   </si>
   <si>
     <t>#98 Phillip Yu - DT</t>
   </si>
   <si>
     <t>#53 John McKay - SLB</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>#18 Walter Nugent - WR</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>SFB 8</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-8-SFB 8 (11:04) 33-Jack Thomas ran to SFB 13 for 5 yards. Tackle by 40-Dirk Lush.</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>SFB 13</t>
   </si>
   <si>
     <t>4-3-SFB 13 (10:19) 18-Warren Ferguson punts 43 yards to MFs 44.</t>
   </si>
   <si>
-    <t>#18 Warren Ferguson - P</t>
+    <t>#8 Warren Ferguson - P</t>
   </si>
   <si>
     <t>#68 Wade Brown - RT</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
     <t>#95 Thomas Cotten - RDE</t>
   </si>
   <si>
     <t>#90 Lee Peebles - LDE</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-MFs 44 (10:10) 6-Robert Clark pass complete to 27-Kenneth Hart to SFB 48 for 7 yards. Tackle by 41-William Lopez.</t>
   </si>
   <si>
     <t>#98 John Labbe - SLB</t>
   </si>
@@ -2325,51 +2325,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="323.064" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>