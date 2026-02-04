--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -512,81 +512,81 @@
   <si>
     <t>#8 Kirk Johnson - P</t>
   </si>
   <si>
     <t>#79 Ralph Unruh - C</t>
   </si>
   <si>
     <t>#11 Grant Covington - WR</t>
   </si>
   <si>
     <t>#58 Robert Turner - SLB</t>
   </si>
   <si>
     <t>#44 David Moser - FS</t>
   </si>
   <si>
     <t>#22 Michael Marquez - CB</t>
   </si>
   <si>
     <t>#77 Lorenzo Williams - RT</t>
   </si>
   <si>
     <t>#70 Jessie Chavez - RG</t>
   </si>
   <si>
-    <t>#98 Robert Stanley - MLB</t>
+    <t>#97 Robert Stanley - MLB</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>TLH 20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-TLH 20 (11:31) 17-John Comerford pass incomplete, dropped by 48-Henry Montagna.</t>
   </si>
   <si>
     <t>#17 John Comerford - QB</t>
   </si>
   <si>
     <t>#43 Nicholas Ruck - RB</t>
   </si>
   <si>
     <t>#48 Henry Montagna - RB</t>
   </si>
   <si>
     <t>#13 Travis Shaw - WR</t>
   </si>
   <si>
-    <t>#19 Jerome Cline - WR</t>
+    <t>#80 Jerome Cline - WR</t>
   </si>
   <si>
     <t>#78 Juan Moldenhauer - LT</t>
   </si>
   <si>
     <t>#72 William Taylor - LG</t>
   </si>
   <si>
     <t>#74 Andrew Graves - C</t>
   </si>
   <si>
     <t>#60 Korey Rhoads - RG</t>
   </si>
   <si>
     <t>#59 Martin Porter - RT</t>
   </si>
   <si>
     <t>#74 William Jordan - DT</t>
   </si>
   <si>
     <t>#58 William Pulido - RDE</t>
   </si>
   <si>
     <t>#24 Earl Crosslin - CB</t>
   </si>