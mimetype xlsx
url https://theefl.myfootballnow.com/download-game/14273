--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -374,57 +374,57 @@
   <si>
     <t>#72 Robert Youmans - LG</t>
   </si>
   <si>
     <t>#61 Howard Monson - C</t>
   </si>
   <si>
     <t>#65 Douglas Layden - RG</t>
   </si>
   <si>
     <t>#75 Christopher Miller - RT</t>
   </si>
   <si>
     <t>#92 William Brown - RDE</t>
   </si>
   <si>
     <t>#72 Bryant Block - DT</t>
   </si>
   <si>
     <t>#57 Derrick Gonzalez - DT</t>
   </si>
   <si>
     <t>#70 Johnny Sellers - RDE</t>
   </si>
   <si>
-    <t>#57 John Hood - SLB</t>
+    <t>#55 John Hood - MLB</t>
   </si>
   <si>
     <t>#52 Jeffrey Holcomb - MLB</t>
   </si>
   <si>
-    <t>#93 Marshall Kemp - WLB</t>
+    <t>#93 Marshall Kemp - SLB</t>
   </si>
   <si>
     <t>#20 Harold Sierra - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#47 Ronald Sullivan - SS</t>
   </si>
   <si>
     <t>#22 John Farrar - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-10-BBm 25 (14:58) 13-Jack Calabrese ran to BBm 30 for 5 yards. Tackle by 52-Jeffrey Holcomb. 45-Dennis Moore missed that block completely. PENALTY - Unnecessary Roughness (BAD 52-Jeffrey Holcomb)</t>
   </si>
@@ -494,72 +494,72 @@
   <si>
     <t>#3 Jamel Best - P</t>
   </si>
   <si>
     <t>#74 Richard Boyd - LT</t>
   </si>
   <si>
     <t>#35 Lester Vinton - RB</t>
   </si>
   <si>
     <t>#43 Sylvester Thompson - SS</t>
   </si>
   <si>
     <t>#73 James Massey - LG</t>
   </si>
   <si>
     <t>#57 Phillip Tindle - C</t>
   </si>
   <si>
     <t>#76 William Leggett - LT</t>
   </si>
   <si>
     <t>#90 Frank Timmins - DT</t>
   </si>
   <si>
-    <t>#53 Juan Malone - SLB</t>
+    <t>#53 Juan Malone - WLB</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>BAD 14</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-BAD 14 (14:04) 18-George Alm pass complete to 30-Donald Contreras to BAD 19 for 4 yards. Tackle by 31-Gus Weber.</t>
   </si>
   <si>
     <t>#18 George Alm - QB</t>
   </si>
   <si>
-    <t>#30 Donald Contreras - WR</t>
+    <t>#30 Donald Contreras - RB</t>
   </si>
   <si>
     <t>#44 David Snively - FB</t>
   </si>
   <si>
     <t>#80 Michael Lee - WR</t>
   </si>
   <si>
     <t>#84 Richard Dillon - WR</t>
   </si>
   <si>
     <t>#85 Lenny Lightfoot - RB</t>
   </si>
   <si>
     <t>#75 David Parker - LT</t>
   </si>
   <si>
     <t>#60 Michael Upchurch - LG</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#66 Lee Dreiling - RG</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>#99 Tony Benson - FS</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>BAD 19</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-BAD 19 (13:18) 30-Donald Contreras ran to BAD 33 for 14 yards. Tackle by 99-Tony Benson.</t>
   </si>
   <si>
     <t>#83 Henry Bryant - TE</t>
   </si>
   <si>
     <t>#16 Joe Weaver - WR</t>
   </si>
   <si>
-    <t>#17 Jimmy Mattoon - WR</t>
+    <t>#17 Jimmy Mattoon - RB</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>BAD 33</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-BAD 33 (12:32) 13-Robert Walsh ran to BAD 34 for 1 yards. Tackle by 62-Steven Gordon.</t>
   </si>
   <si>
     <t>#13 Robert Walsh - RB</t>
   </si>
   <si>
     <t>#59 Jeffrey McClanahan - SLB</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>BAD 49</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-5-BAD 49 (10:30) 13-Robert Walsh ran to BBm 49 for 2 yards. Tackle by 53-Randall Griffin.</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-4-BBm 49 (9:56) 18-George Alm pass Pass knocked down by 35-Robert Higgins. incomplete, intended for 80-Michael Lee. 35-Robert Higgins got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#89 Donald Derryberry - TE</t>
+    <t>#89 Donald Derryberry - WR</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>4-4-BBm 49 (9:51) 19-Michael Hollar punts 41 yards to BBm 8.</t>
   </si>
   <si>
     <t>#19 Michael Hollar - P</t>
   </si>
   <si>
     <t>#69 Julio Williams - C</t>
   </si>
   <si>
     <t>#77 Cory Hamilton - LT</t>
   </si>
   <si>
     <t>#63 Maurice Norton - LG</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>BBm 8</t>
   </si>
@@ -920,51 +920,51 @@
   <si>
     <t>2-8-BAD 30 (3:04) 7-Norris Gorman pass incomplete, intended for 17-Howard Willis.</t>
   </si>
   <si>
     <t>#21 Mark Sae - CB</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>3-8-BAD 30 (3:01) 7-Norris Gorman pass complete to 85-Zachary Marroquin to BAD 22 for 8 yards. Tackle by 37-Robert Gilliam.</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>BAD 22</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-1-BAD 22 (2:24) 7-Norris Gorman pass incomplete, intended for 85-Zachary Marroquin. Turnover on downs.</t>
   </si>
   <si>
-    <t>#94 Michael Crawford - MLB</t>
+    <t>#94 Michael Crawford - LDE</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-BAD 22 (2:22) 30-Donald Contreras ran to BAD 33 for 11 yards. Tackle by 22-Vernon Driver.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>1-10-BAD 33 (1:42) 18-George Alm pass complete to 84-Richard Dillon to BAD 38 for 5 yards. Tackle by 22-Vernon Driver.</t>
   </si>
   <si>
     <t>0:59</t>
   </si>