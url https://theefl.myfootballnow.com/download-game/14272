--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -650,51 +650,51 @@
   <si>
     <t>#25 Joseph Washington - RB</t>
   </si>
   <si>
     <t>#84 Grant Holmes - TE</t>
   </si>
   <si>
     <t>#12 Henry Sullivan - WR</t>
   </si>
   <si>
     <t>#55 Mike Zuniga - LT</t>
   </si>
   <si>
     <t>#51 Shawn Ramires - RG</t>
   </si>
   <si>
     <t>#69 John Wetzel - C</t>
   </si>
   <si>
     <t>#72 Michael Mobley - RG</t>
   </si>
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
-    <t>#99 William Holder - MLB</t>
+    <t>#58 William Holder - MLB</t>
   </si>
   <si>
     <t>#21 Wayne Perez - CB</t>
   </si>
   <si>
     <t>#23 Jordan Carney - CB</t>
   </si>
   <si>
     <t>#22 John Gray - CB</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>1-10-CGW 27 (9:36) 3-Rickey Lorusso pass incomplete, dropped by 83-Dennis Sabatino.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>