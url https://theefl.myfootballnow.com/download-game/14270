--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -389,51 +389,51 @@
   <si>
     <t>#94 Matthew Ochoa - RDE</t>
   </si>
   <si>
     <t>#62 Kenneth Karp - DT</t>
   </si>
   <si>
     <t>#98 Gerald Wright - DT</t>
   </si>
   <si>
     <t>#97 Earnest Charette - RDE</t>
   </si>
   <si>
     <t>#58 Charles Miranda - MLB</t>
   </si>
   <si>
     <t>#40 George Jones - CB</t>
   </si>
   <si>
     <t>#49 Anthony Britton - CB</t>
   </si>
   <si>
     <t>#36 Bobby Kidd - SS</t>
   </si>
   <si>
-    <t>#23 Robert Golson - FS</t>
+    <t>#34 Robert Golson - FS</t>
   </si>
   <si>
     <t>#28 George Jenkins - SS</t>
   </si>
   <si>
     <t>#45 Richard Moore - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>SDR 21</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-7-SDR 21 (14:12) 30-Mario Harvey ran to SDR 31 for 11 yards. Tackle by 28-George Jenkins.</t>
   </si>
   <si>
     <t>#82 Charles Rauscher - TE</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>#8 David Stringfellow - QB</t>
   </si>
   <si>
     <t>#33 Gerald Yang - RB</t>
   </si>
   <si>
     <t>#26 Douglas Camacho - FB</t>
   </si>
   <si>
     <t>#81 Roberto Bullock - TE</t>
   </si>
   <si>
     <t>#86 Steven Thomas - TE</t>
   </si>
   <si>
     <t>#53 Ronald Grant - RG</t>
   </si>
   <si>
     <t>#75 Darrell Jensen - LG</t>
   </si>
   <si>
     <t>#71 Jaime Gomesano - C</t>
   </si>
   <si>
-    <t>#70 Stanley Callahan - RG</t>
+    <t>#51 Stanley Callahan - RG</t>
   </si>
   <si>
     <t>#57 Raymond Couture - RT</t>
   </si>
   <si>
     <t>#95 Antonio Johnson - DT</t>
   </si>
   <si>
     <t>#90 Gary Braddock - DT</t>
   </si>
   <si>
     <t>#98 Jim Sears - RDE</t>
   </si>
   <si>
     <t>#51 Charles Marr - SLB</t>
   </si>
   <si>
     <t>#56 David Sanders - MLB</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>