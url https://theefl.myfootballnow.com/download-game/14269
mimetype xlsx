--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -332,90 +332,90 @@
   <si>
     <t>#76 Brian Vickrey - SLB</t>
   </si>
   <si>
     <t>#40 Christopher Neale - WR</t>
   </si>
   <si>
     <t>#17 Sherman Jones - K</t>
   </si>
   <si>
     <t>OmO</t>
   </si>
   <si>
     <t>OmO 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-OmO 25 (15:00) 38-Darryl Greeson ran to OmO 27 for 2 yards. Tackle by 97-Thomas Husman.</t>
   </si>
   <si>
-    <t>#15 Paul Pettis - QB</t>
+    <t>#14 Paul Pettis - QB</t>
   </si>
   <si>
     <t>#38 Darryl Greeson - RB</t>
   </si>
   <si>
     <t>#87 Thomas Meadows - FB</t>
   </si>
   <si>
     <t>#85 Roy Schenck - TE</t>
   </si>
   <si>
     <t>#88 Robert Jessie - C</t>
   </si>
   <si>
     <t>#77 Kendrick Taylor - LT</t>
   </si>
   <si>
     <t>#68 Raymond Prince - LG</t>
   </si>
   <si>
     <t>#60 Michael David - C</t>
   </si>
   <si>
     <t>#74 Alfred Cram - LG</t>
   </si>
   <si>
     <t>#61 Donald Albro - RT</t>
   </si>
   <si>
     <t>#50 Alberto Bibler - LDE</t>
   </si>
   <si>
     <t>#68 Leroy Collins - DT</t>
   </si>
   <si>
     <t>#72 James Turner - DT</t>
   </si>
   <si>
-    <t>#93 Robert Shreve - DT</t>
+    <t>#93 Robert Shreve - RDE</t>
   </si>
   <si>
     <t>#91 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#90 David Rosales - MLB</t>
   </si>
   <si>
     <t>#97 Thomas Husman - MLB</t>
   </si>
   <si>
     <t>#52 Arnold James - SLB</t>
   </si>
   <si>
     <t>#38 James Prunty - CB</t>
   </si>
   <si>
     <t>#34 Buddy Mack - CB</t>
   </si>
   <si>
     <t>#40 Tigger James - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
@@ -2274,98 +2274,98 @@
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="293.643" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>