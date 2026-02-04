--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 17-Kenneth Fuller kicks 75 yards from VDW 35 to ATC -10. Touchback.</t>
   </si>
   <si>
     <t>#16 Todd Vanderpool - WR</t>
   </si>
   <si>
     <t>#55 David Gonzales - RG</t>
   </si>
   <si>
     <t>#85 Craig Banker - WR</t>
   </si>
   <si>
     <t>#32 Maurice Kistler - CB</t>
   </si>
   <si>
     <t>#91 Jim Grover - DT</t>
   </si>
   <si>
     <t>#22 Curtis Hagler - CB</t>
   </si>
   <si>
     <t>#76 Eugene Sandberg - LDE</t>
   </si>
   <si>
-    <t>#77 Philip Espinoza - RDE</t>
+    <t>#77 Philip Espinoza - LDE</t>
   </si>
   <si>
     <t>#99 Glenn White - LDE</t>
   </si>
   <si>
     <t>#9 Stephen Southall - SS</t>
   </si>
   <si>
     <t>#86 Robert Peacock - DT</t>
   </si>
   <si>
     <t>#17 Kenneth Fuller - K</t>
   </si>
   <si>
     <t>ATC</t>
   </si>
   <si>
     <t>ATC 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>