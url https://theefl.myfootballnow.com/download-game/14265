--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -284,123 +284,123 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>STL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BBF</t>
   </si>
   <si>
     <t>BBF 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Christopher Gibb kicks 74 yards from BBF 35 to STL -9. Touchback.</t>
   </si>
   <si>
     <t>#85 Joe Phillips - WR</t>
   </si>
   <si>
-    <t>#56 Albert Ray - MLB</t>
-[...11 lines deleted...]
-    <t>#62 Leo Sanchez - DT</t>
+    <t>#39 Albert Ray - FS</t>
+  </si>
+  <si>
+    <t>#25 Norman Travis - FS</t>
+  </si>
+  <si>
+    <t>#95 John Franklin - DT</t>
+  </si>
+  <si>
+    <t>#98 Charles Perez - SLB</t>
+  </si>
+  <si>
+    <t>#77 Leo Sanchez - LDE</t>
   </si>
   <si>
     <t>#94 John South - MLB</t>
   </si>
   <si>
     <t>#41 Don Hale - SS</t>
   </si>
   <si>
     <t>#29 Donald Shaffer - FS</t>
   </si>
   <si>
     <t>#96 Bryan Brown - DT</t>
   </si>
   <si>
     <t>#22 Clarence Sweet - SS</t>
   </si>
   <si>
     <t>#10 Christopher Gibb - K</t>
   </si>
   <si>
     <t>STL</t>
   </si>
   <si>
     <t>STL 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-STL 25 (15:00) 36-Timothy Heimann ran to STL 28 for 3 yards. Tackle by 58-Frank Milbrandt.</t>
   </si>
   <si>
     <t>#3 Robert Pointer - QB</t>
   </si>
   <si>
-    <t>#36 Timothy Heimann - RB</t>
+    <t>#42 Timothy Heimann - FB</t>
   </si>
   <si>
     <t>#86 Anthony Cartwright - TE</t>
   </si>
   <si>
     <t>#89 Raul Persinger - WR</t>
   </si>
   <si>
     <t>#83 Luther Vickery - WR</t>
   </si>
   <si>
-    <t>#73 James Oneal - LT</t>
+    <t>#73 James Oneal - LG</t>
   </si>
   <si>
     <t>#78 Michael Pickles - LG</t>
   </si>
   <si>
-    <t>#69 Joseph Lemond - C</t>
-[...2 lines deleted...]
-    <t>#67 Darwin Williams - RG</t>
+    <t>#66 Joseph Lemond - RG</t>
+  </si>
+  <si>
+    <t>#70 Darwin Williams - C</t>
   </si>
   <si>
     <t>#56 John Burke - RT</t>
   </si>
   <si>
     <t>#1 Greg Raines - LDE</t>
   </si>
   <si>
     <t>#97 Jerry Green - DT</t>
   </si>
   <si>
     <t>#64 David Zimmerman - DT</t>
   </si>
   <si>
     <t>#67 William Smith - RDE</t>
   </si>
   <si>
     <t>#58 Frank Milbrandt - MLB</t>
   </si>
   <si>
     <t>#24 Henry Burch - CB</t>
   </si>
   <si>
     <t>#28 Billy Oneal - CB</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#39 Val Roberts - SS</t>
   </si>
   <si>
     <t>#38 Charles Burt - SS</t>
   </si>
   <si>
     <t>#49 Woodrow Gunter - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>STL 28</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-STL 28 (14:22) 3-Robert Pointer pass Pass knocked down by 39-Val Roberts. incomplete, intended for 31-Matthew Wade.</t>
   </si>
   <si>
-    <t>#31 Matthew Wade - FB</t>
+    <t>#31 Matthew Wade - RB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>3-7-STL 28 (14:19) 3-Robert Pointer pass INTERCEPTED by 38-Charles Burt at STL 35. 38-Charles Burt to STL 34 for 1 yards. Tackle by 89-Raul Persinger. Pressure by 67-William Smith. 49-Woodrow Gunter got away with a hold on that play. PENALTY - Pass Interference (BBF 39-Val Roberts)</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>STL 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>1-10-STL 34 (14:15) 36-Timothy Heimann ran to STL 37 for 2 yards. Tackle by 64-David Zimmerman.</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-BBF 48 (10:24) 7-Jacob Miller punts 35 yards to BBF 12. Fair Catch by 85-Curtis Yount.</t>
   </si>
   <si>
     <t>#7 Jacob Miller - P</t>
   </si>
   <si>
     <t>#85 Curtis Yount - WR</t>
   </si>
   <si>
     <t>#95 George Halsted - WLB</t>
   </si>
   <si>
     <t>#59 Sean West - RDE</t>
   </si>
   <si>
-    <t>#59 Jared Bailey - C</t>
+    <t>#79 Jared Bailey - LT</t>
   </si>
   <si>
     <t>#64 Edward Fischer - RG</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>BBF 12</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>4-3 Normal CB2 Blitz</t>
   </si>
   <si>
     <t>1-10-BBF 12 (10:18) 7-Allan Bruner pass complete to 88-Kirby Townsend to BBF 22 for 9 yards. Tackle by 41-Don Hale.</t>
   </si>
   <si>
     <t>#7 Allan Bruner - QB</t>
   </si>
   <si>
     <t>#38 Mario Alcott - RB</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>#88 Kirby Townsend - WR</t>
   </si>
   <si>
     <t>#83 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#78 Brandon Powe - LT</t>
   </si>
   <si>
     <t>#62 Dennis Butler - LG</t>
   </si>
   <si>
     <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#71 Paul McDonald - RG</t>
   </si>
   <si>
     <t>#54 Guillermo Smith - RT</t>
   </si>
   <si>
     <t>#61 John Miles - LDE</t>
   </si>
   <si>
-    <t>#52 Scott Williams - DT</t>
+    <t>#52 Scott Williams - RDE</t>
   </si>
   <si>
     <t>#91 Hubert Eaton - RDE</t>
   </si>
   <si>
     <t>#93 Virgil Nickel - WLB</t>
   </si>
   <si>
     <t>#30 Fabian Flores - CB</t>
   </si>
   <si>
     <t>#36 Frank Bedford - CB</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>BBF 22</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>BBF 44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BBF 44 (6:26) 7-Allan Bruner pass Pass knocked down by 30-Fabian Flores. incomplete, intended for 15-John Smith.</t>
   </si>
   <si>
     <t>#15 John Smith - WR</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>2-10-BBF 44 (6:23) 7-Allan Bruner pass complete to 83-Larry Thomas to BBF 46 for 2 yards. Tackle by 93-Virgil Nickel.</t>
   </si>
   <si>
-    <t>#30 Joe Slusher - FS</t>
+    <t>#49 Joe Slusher - SS</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>BBF 46</t>
   </si>
   <si>
     <t>3-8-BBF 46 (5:47) 7-Allan Bruner pass incomplete, dropped by 87-Mike Estrada.</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>4-8-BBF 46 (5:43) 8-Richard Hunt punts 38 yards to STL 16.</t>
   </si>
   <si>
     <t>#8 Richard Hunt - P</t>
   </si>
   <si>
     <t>#55 Joseph Owens - RG</t>
   </si>
   <si>
     <t>#77 Alvin Connelly - LT</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>3-16-STL 37 (2:39) 3-Robert Pointer pass Pass knocked down by 28-Billy Oneal. incomplete, intended for 89-Raul Persinger. Pressure by 67-William Smith.</t>
   </si>
   <si>
     <t>2:35</t>
   </si>
   <si>
     <t>4-16-STL 37 (2:36) 7-Jacob Miller punts 46 yards to BBF 16. 85-Curtis Yount to BBF 17 for 1 yards. Tackle by 62-Leo Sanchez.</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>BBF 17</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-BBF 17 (2:28) 38-Mario Alcott ran to BBF 16 for -1 yards. Tackle by 94-John South.</t>
   </si>
   <si>
-    <t>#97 Gary Harness - WLB</t>
+    <t>#97 Gary Harness - MLB</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>BBF 16</t>
   </si>
   <si>
     <t>2-11-BBF 16 (1:48) 38-Mario Alcott ran to BBF 18 for 2 yards. Tackle by 93-Virgil Nickel.</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>BBF 18</t>
   </si>
   <si>
     <t>3-9-BBF 18 (1:03) 7-Allan Bruner pass complete to 38-Mario Alcott to BBF 27 for 9 yards. Tackle by 93-Virgil Nickel.</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>BBF 27</t>
   </si>
@@ -2247,80 +2247,80 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="333.776" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>