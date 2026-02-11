--- v0 (2026-01-12)
+++ v1 (2026-02-11)
@@ -458,51 +458,51 @@
   <si>
     <t>BBF 41</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-8-BBF 41 (13:36) 7-Allan Bruner pass INTERCEPTED by 56-John Williams at BBF 42. 56-John Williams to BBF 39 for 2 yards. Tackle by 87-Mike Estrada.</t>
   </si>
   <si>
     <t>#83 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#15 John Smith - WR</t>
   </si>
   <si>
     <t>#26 Maria Fox - CB</t>
   </si>
   <si>
     <t>#39 Eugene Veltri - CB</t>
   </si>
   <si>
-    <t>#38 Kurt Pettis - SS</t>
+    <t>#43 Kurt Pettis - SS</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BBF 39 (13:33) 27-Kenneth Hart ran to BBF 36 for 4 yards. Tackle by 95-George Halsted. BBF 38-Charles Burt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 James Murray - QB</t>
   </si>
   <si>
     <t>#27 Kenneth Hart - RB</t>
   </si>
   <si>
     <t>#44 Kevin Berta - FB</t>
   </si>
   <si>
     <t>#87 Nate Cannon - TE</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>BBF 46</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BBF 46 (3:31) 11-James Doggett punts 56 yards to MFs -2.4-4-BBF 46 (3:31) 11-James Doggett punts 56 yards to MFs -2. Touchback.</t>
   </si>
   <si>
     <t>#11 James Doggett - P</t>
   </si>
   <si>
     <t>#55 Joseph Owens - RG</t>
   </si>
   <si>
     <t>#61 Larry Barnes - C</t>
   </si>
   <si>
-    <t>#68 Kenneth Galindo - C</t>
+    <t>#79 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#91 Ezekiel Easley - WLB</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>MFs 20</t>
   </si>
   <si>
     <t>1-10-MFs 20 (3:23) 27-Kenneth Hart ran to MFs 25 for 5 yards. Tackle by 44-Vincent Davis.</t>
   </si>
   <si>
     <t>2:51</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>