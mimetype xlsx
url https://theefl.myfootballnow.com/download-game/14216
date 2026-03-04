--- v1 (2026-02-11)
+++ v2 (2026-03-04)
@@ -413,51 +413,51 @@
   <si>
     <t>#49 Luis Pruett - FS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>BBF 39</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-BBF 39 (14:13) 7-Allan Bruner pass complete to 87-Mike Estrada to BBF 41 for 2 yards. Tackle by 58-Clarence Truitt.</t>
   </si>
   <si>
     <t>#20 John Phillips - RB</t>
   </si>
   <si>
     <t>#80 Harold Reynolds - TE</t>
   </si>
   <si>
-    <t>#93 Micheal Carter - LDE</t>
+    <t>#60 Micheal Carter - LDE</t>
   </si>
   <si>
     <t>#99 Arnold Moncada - DT</t>
   </si>
   <si>
     <t>#92 Jacob Chase - RDE</t>
   </si>
   <si>
     <t>#55 Danny Lovejoy - MLB</t>
   </si>
   <si>
     <t>#36 Max Vogt - CB</t>
   </si>
   <si>
     <t>#40 Dirk Lush - SS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>BBF 41</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BBF 39 (13:33) 27-Kenneth Hart ran to BBF 36 for 4 yards. Tackle by 95-George Halsted. BBF 38-Charles Burt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 James Murray - QB</t>
   </si>
   <si>
     <t>#27 Kenneth Hart - RB</t>
   </si>
   <si>
     <t>#44 Kevin Berta - FB</t>
   </si>
   <si>
     <t>#87 Nate Cannon - TE</t>
   </si>
   <si>
-    <t>#3 Edward Teach - WR</t>
+    <t>#17 Edward Teach - WR</t>
   </si>
   <si>
     <t>#83 Travis Cox - WR</t>
   </si>
   <si>
     <t>#78 Francis Swift - LT</t>
   </si>
   <si>
     <t>#63 John Sanders - LG</t>
   </si>
   <si>
     <t>#60 Jody Perez - C</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#77 Ken Trammell - RT</t>
   </si>
   <si>
     <t>#28 Billy Oneal - CB</t>
   </si>
   <si>
     <t>#44 Vincent Davis - CB</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#13 Doug Brown - WR</t>
   </si>
   <si>
     <t>#43 Clifton Morrow - SS</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>BBF 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-4-BBF 33 (12:09) 27-Kenneth Hart ran to BBF 26 for 7 yards. Tackle by 58-Frank Milbrandt. 32-Charley Slick totally missed that block.</t>
   </si>
   <si>
     <t>#32 Charley Slick - RB</t>
   </si>
   <si>
-    <t>#80 Nathan Solomon - TE</t>
+    <t>#88 Nathan Solomon - TE</t>
   </si>
   <si>
     <t>#90 Ernesto Rodriguez - LDE</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>BBF 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-BBF 26 (11:29) 34-Wendell Cobb ran to BBF 26 for a short gain. Tackle by 50-Kenneth Peterson. MFs 63-John Sanders was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>2-10-BBF 26 (10:50) 32-Charley Slick ran to BBF 26 for -1 yards. Tackle by 97-Jerry Green.</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>1-1-BBF 1 (7:27) 7-James Murray pass complete to 44-Kevin Berta for 1 yards. TOUCHDOWN! BBF 0 MFs 6</t>
   </si>
   <si>
     <t>#48 Billy Carr - CB</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:25) Extra point GOOD by 4-Antonio Carson. BBF 0 MFs 7</t>
   </si>
   <si>
     <t>#9 Johnny Robins - QB</t>
   </si>
   <si>
     <t>#73 Kenneth Baugh - RT</t>
   </si>
   <si>
-    <t>#71 Delbert Grady - RT</t>
+    <t>#76 Delbert Grady - RT</t>
   </si>
   <si>
     <t>#66 Richard Rogers - RG</t>
   </si>
   <si>
     <t>#91 John Nyberg - MLB</t>
   </si>
   <si>
     <t>#64 David Zimmerman - DT</t>
   </si>
   <si>
     <t>(7:25) 4-Antonio Carson kicks 74 yards from MFs 35 to BBF -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-BBF 25 (7:25) 7-Allan Bruner pass complete to 87-Mike Estrada to BBF 25 for a short loss. Tackle by 56-John Williams.</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
@@ -791,54 +791,54 @@
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>BBF 46</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BBF 46 (3:31) 11-James Doggett punts 56 yards to MFs -2.4-4-BBF 46 (3:31) 11-James Doggett punts 56 yards to MFs -2. Touchback.</t>
   </si>
   <si>
     <t>#11 James Doggett - P</t>
   </si>
   <si>
     <t>#55 Joseph Owens - RG</t>
   </si>
   <si>
     <t>#61 Larry Barnes - C</t>
   </si>
   <si>
-    <t>#79 Kenneth Galindo - C</t>
-[...2 lines deleted...]
-    <t>#91 Ezekiel Easley - WLB</t>
+    <t>#65 Kenneth Galindo - C</t>
+  </si>
+  <si>
+    <t>#91 Ezekiel Easley - SLB</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>MFs 20</t>
   </si>
   <si>
     <t>1-10-MFs 20 (3:23) 27-Kenneth Hart ran to MFs 25 for 5 yards. Tackle by 44-Vincent Davis.</t>
   </si>
   <si>
     <t>2:51</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-5-MFs 25 (2:50) 7-James Murray pass complete to 34-Wendell Cobb to MFs 28 for 4 yards. Tackle by 38-Charles Burt. 34-Wendell Cobb did some fancy footwork there.</t>
   </si>
@@ -911,51 +911,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-15-BBF 20 (0:11) 7-Allan Bruner pass Pass knocked down by 59-Joe Hunter. incomplete, intended for 13-Thomas Rudd.</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-15-BBF 20 (0:07) 7-Allan Bruner pass complete to 13-Thomas Rudd for 80 yards. TOUCHDOWN! BBF 6 MFs 14</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>MFs 15</t>
   </si>
   <si>
     <t>(0:00) Extra point GOOD by 10-John Mayo. BBF 77-Alvin Connelly was injured on the play. He looks like he should be able to return. BBF 7 MFs 14</t>
   </si>
   <si>
-    <t>#9 Jonathan Durand - QB</t>
+    <t>#19 Jonathan Durand - QB</t>
   </si>
   <si>
     <t>#10 John Mayo - K</t>
   </si>
   <si>
     <t>#72 Anthony Cole - RG</t>
   </si>
   <si>
     <t>#63 Jean Kohler - RT</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>BBF 35</t>
   </si>
   <si>
     <t>(15:00) 10-John Mayo kicks 68 yards from BBF 35 to MFs -3. 32-Charley Slick to MFs 26 for 30 yards. Tackle by 70-Shawn Frame.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>MFs 26</t>
   </si>
@@ -2211,51 +2211,51 @@
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>