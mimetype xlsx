--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -638,51 +638,51 @@
   <si>
     <t>4-3-NVr 3 (11:11) 13-Robby Mendez 21 yard field goal is GOOD. MTL 3 NVr 0</t>
   </si>
   <si>
     <t>#3 Mike Taylor - P</t>
   </si>
   <si>
     <t>#13 Robby Mendez - K</t>
   </si>
   <si>
     <t>#65 Jim Gandy - DT</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>MTL 35</t>
   </si>
   <si>
     <t>(11:09) 13-Robby Mendez kicks 74 yards from MTL 35 to NVr -9. Touchback.</t>
   </si>
   <si>
     <t>#81 Smooth Burgandy - WR</t>
   </si>
   <si>
-    <t>#24 Clarence Scott - FS</t>
+    <t>#37 Clarence Scott - FS</t>
   </si>
   <si>
     <t>NVr 25</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-NVr 25 (11:09) 3-Edward Bethea pass Pass knocked down by 36-Christopher Cervantes. incomplete, intended for 11-Isaac Bruce.</t>
   </si>
   <si>
     <t>#83 Jason Goldberg - TE</t>
   </si>
   <si>
     <t>#53 Thomas Duran - SLB</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>