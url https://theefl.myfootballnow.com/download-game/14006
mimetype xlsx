--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -542,96 +542,96 @@
   <si>
     <t>BBF 33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-BBF 33 (10:18) 12-Demarcus Demarco 51 yard field goal is GOOD. DVD 3 BBF 0</t>
   </si>
   <si>
     <t>#5 Brian Montano - P</t>
   </si>
   <si>
     <t>#12 Demarcus Demarco - K</t>
   </si>
   <si>
     <t>#61 Christopher Jeffers - RG</t>
   </si>
   <si>
     <t>#72 Lawrence Sanford - RT</t>
   </si>
   <si>
-    <t>#95 Dale Rivas - MLB</t>
+    <t>#52 Dale Rivas - MLB</t>
   </si>
   <si>
     <t>#91 John Nyberg - MLB</t>
   </si>
   <si>
     <t>#59 Sean West - RDE</t>
   </si>
   <si>
     <t>#64 David Zimmerman - DT</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>(10:14) 12-Demarcus Demarco kicks 69 yards from DVD 35 to BBF -4. Touchback.</t>
   </si>
   <si>
     <t>#20 John Phillips - RB</t>
   </si>
   <si>
     <t>#13 Thomas Rudd - WR</t>
   </si>
   <si>
     <t>BBF 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-BBF 25 (10:14) 7-Allan Bruner pass incomplete, dropped by 88-Kirby Townsend.</t>
   </si>
   <si>
     <t>#7 Allan Bruner - QB</t>
   </si>
   <si>
     <t>#87 Mike Estrada - TE</t>
   </si>
   <si>
     <t>#88 Kirby Townsend - WR</t>
   </si>
   <si>
-    <t>#89 Larry Thomas - WR</t>
+    <t>#83 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#77 Alvin Connelly - LT</t>
   </si>
   <si>
     <t>#62 Dennis Butler - LG</t>
   </si>
   <si>
     <t>#61 Larry Barnes - C</t>
   </si>
   <si>
     <t>#71 Paul McDonald - RG</t>
   </si>
   <si>
     <t>#54 Guillermo Smith - RT</t>
   </si>
   <si>
     <t>#92 Paul Sliva - LDE</t>
   </si>
   <si>
     <t>#95 John Forester - DT</t>
   </si>
   <si>
     <t>#99 Johnny Castellanos - DT</t>
   </si>