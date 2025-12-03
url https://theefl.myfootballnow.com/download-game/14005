--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -371,51 +371,51 @@
   <si>
     <t>#67 Bobby Carter - LT</t>
   </si>
   <si>
     <t>#72 Robert Youmans - LG</t>
   </si>
   <si>
     <t>#61 Howard Monson - C</t>
   </si>
   <si>
     <t>#66 Armand Belmont - RG</t>
   </si>
   <si>
     <t>#65 Douglas Layden - RT</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#51 Jimmy Locklin - DT</t>
   </si>
   <si>
     <t>#72 John Martines - DT</t>
   </si>
   <si>
-    <t>#98 Arthur Brown - RDE</t>
+    <t>#97 Arthur Brown - RDE</t>
   </si>
   <si>
     <t>#94 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#30 Andrew Todd - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>#48 Kelvin Hodson - CB</t>
   </si>
   <si>
     <t>#35 Theodore Roybal - SS</t>
   </si>
   <si>
     <t>#31 Anthony Finley - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>