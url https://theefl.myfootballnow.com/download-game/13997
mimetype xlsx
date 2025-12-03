--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -338,51 +338,51 @@
   <si>
     <t>#6 Christopher Rose - K</t>
   </si>
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>HHH 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-HHH 25 (15:00) 10-John Corby pass Pass knocked down by 29-John Kelly. incomplete, intended for 1-Thomas Shaw.</t>
   </si>
   <si>
     <t>#10 John Corby - QB</t>
   </si>
   <si>
     <t>#38 Joseph Huskins - RB</t>
   </si>
   <si>
-    <t>#17 Robert Rodriguez - WR</t>
+    <t>#18 Robert Rodriguez - WR</t>
   </si>
   <si>
     <t>#1 Thomas Shaw - WR</t>
   </si>
   <si>
     <t>#11 Jim Murphy - WR</t>
   </si>
   <si>
     <t>#58 William Dick - RT</t>
   </si>
   <si>
     <t>#56 Truman Anderson - RG</t>
   </si>
   <si>
     <t>#64 Kent Hill - C</t>
   </si>
   <si>
     <t>#56 Donald Gunter - RG</t>
   </si>
   <si>
     <t>#75 John Russo - RT</t>
   </si>
   <si>
     <t>#91 Alexander Sowa - LDE</t>
   </si>