--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -470,51 +470,51 @@
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>HHH 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-HHH 25 (13:33) 10-John Corby pass complete to 32-David Leonard to HHH 40 for 15 yards. Tackle by 30-Daryl Gore.</t>
   </si>
   <si>
     <t>#10 John Corby - QB</t>
   </si>
   <si>
     <t>#40 Leland Bolling - FB</t>
   </si>
   <si>
     <t>#82 Michael Villasenor - TE</t>
   </si>
   <si>
-    <t>#17 Robert Rodriguez - WR</t>
+    <t>#18 Robert Rodriguez - WR</t>
   </si>
   <si>
     <t>#11 Jim Murphy - WR</t>
   </si>
   <si>
     <t>#58 William Dick - RT</t>
   </si>
   <si>
     <t>#50 Rodney Crouse - RT</t>
   </si>
   <si>
     <t>#64 Kent Hill - C</t>
   </si>
   <si>
     <t>#56 Truman Anderson - RG</t>
   </si>
   <si>
     <t>#75 John Russo - RT</t>
   </si>
   <si>
     <t>#67 Fielda Payne - LDE</t>
   </si>
   <si>
     <t>#61 Kieth Weyand - DT</t>
   </si>