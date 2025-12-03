--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -776,51 +776,51 @@
   <si>
     <t>NVr 42</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Dime Normal LB Blitz</t>
   </si>
   <si>
     <t>3-24-NVr 42 (6:01) 8-Mark Garcia pass complete to 25-Joseph Washington to NVr 40 for 2 yards. Tackle by 25-John Miranda.</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>NVr 40</t>
   </si>
   <si>
     <t>4-22-NVr 40 (5:20) 18-Allen Sutton punts 46 yards to NVr -6.4-22-NVr 40 (5:20) 18-Allen Sutton punts 46 yards to NVr -6. Touchback.</t>
   </si>
   <si>
     <t>#18 Allen Sutton - P</t>
   </si>
   <si>
-    <t>#24 Clarence Scott - FS</t>
+    <t>#37 Clarence Scott - FS</t>
   </si>
   <si>
     <t>#95 Howard Johnson - WLB</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>NVr 20</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-NVr 20 (5:12) 41-Christian  Okoye ran to NVr 18 for -2 yards. Tackle by 57-Ray Pearson.</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>NVr 18</t>
   </si>