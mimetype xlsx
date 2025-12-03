--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -371,51 +371,51 @@
   <si>
     <t>#19 Ronald Long - WR</t>
   </si>
   <si>
     <t>#72 Hector Astorga - LT</t>
   </si>
   <si>
     <t>#63 Manuel Diaz - LG</t>
   </si>
   <si>
     <t>#64 Michael Haack - C</t>
   </si>
   <si>
     <t>#75 William Weber - RG</t>
   </si>
   <si>
     <t>#73 Scott Hernandez - RT</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#51 Jimmy Locklin - DT</t>
   </si>
   <si>
-    <t>#98 Arthur Brown - RDE</t>
+    <t>#97 Arthur Brown - RDE</t>
   </si>
   <si>
     <t>#94 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#56 Peter Williams - MLB</t>
   </si>
   <si>
     <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#30 Andrew Todd - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>#48 Kelvin Hodson - CB</t>
   </si>
   <si>
     <t>#35 Theodore Roybal - SS</t>
   </si>
   <si>
     <t>#31 Anthony Finley - FS</t>
   </si>