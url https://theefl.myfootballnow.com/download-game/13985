--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -698,51 +698,51 @@
   <si>
     <t>#43 Clifton Morrow - SS</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>BBF 35</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-BBF 35 (7:03) 18-Harry Bock 52 yard field goal is GOOD. BBF 0 BSM 3</t>
   </si>
   <si>
     <t>#78 William Ortiz - RG</t>
   </si>
   <si>
     <t>#72 Sean Irish - LT</t>
   </si>
   <si>
-    <t>#95 Dale Rivas - MLB</t>
+    <t>#52 Dale Rivas - MLB</t>
   </si>
   <si>
     <t>#91 John Nyberg - MLB</t>
   </si>
   <si>
     <t>#64 David Zimmerman - DT</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>(7:00) 18-Harry Bock kicks 75 yards from BSM 35 to BBF -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-BBF 25 (7:00) 7-Allan Bruner pass complete to 88-Kirby Townsend to BBF 29 for 4 yards. Tackle by 33-Ron Thomas. Great move by 88-Kirby Townsend to get free of his coverage.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>BBF 45</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-9-BBF 45 (4:54) 7-Allan Bruner pass complete to 38-Mario Alcott to BBF 48 for 3 yards. Tackle by 48-George Harrington.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>BBF 48</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-6-BBF 48 (4:16) 7-Allan Bruner pass complete to 88-Kirby Townsend to BSM 49 for 3 yards. Tackle by 33-Ron Thomas.</t>
   </si>
   <si>
-    <t>#89 Larry Thomas - WR</t>
+    <t>#83 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#40 Jurickson Profar - SS</t>
   </si>
   <si>
     <t>3:36</t>
   </si>
   <si>
     <t>4-3-BSM 49 (3:35) 11-James Doggett punts 41 yards to BSM 7.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>BSM 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-BSM 7 (3:26) 28-Howard Roberts ran to BSM 9 for 2 yards. Tackle by 58-Frank Milbrandt.</t>
   </si>
   <si>
     <t>2:49</t>
   </si>