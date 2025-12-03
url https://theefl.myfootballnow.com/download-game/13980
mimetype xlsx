--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -383,51 +383,51 @@
   <si>
     <t>#38 Homer Alejos - FB</t>
   </si>
   <si>
     <t>#84 Robert Rita - TE</t>
   </si>
   <si>
     <t>#80 Frederick Perez - TE</t>
   </si>
   <si>
     <t>#21 Mark Sae - CB</t>
   </si>
   <si>
     <t>#92 William Brown - RDE</t>
   </si>
   <si>
     <t>#52 Jeffrey Holcomb - MLB</t>
   </si>
   <si>
     <t>#95 Aaron Flores - LDE</t>
   </si>
   <si>
     <t>#24 Ralph Wade - CB</t>
   </si>
   <si>
-    <t>#61 Juan Willis - DT</t>
+    <t>#61 Juan Willis - RDE</t>
   </si>
   <si>
     <t>#57 John Hood - SLB</t>
   </si>
   <si>
     <t>#57 Derrick Gonzalez - DT</t>
   </si>
   <si>
     <t>#82 Steven Simmons - WR</t>
   </si>
   <si>
     <t>#53 Juan Malone - SLB</t>
   </si>
   <si>
     <t>#99 Ronald Lewis - DT</t>
   </si>
   <si>
     <t>LEX 35</t>
   </si>
   <si>
     <t>(14:44) 17-Slade Lackey kicks 57 yards from LEX 35 to BAD 8. 35-Lester Vinton to BAD 26 for 19 yards. Tackle by 22-James Johnson.</t>
   </si>
   <si>
     <t>#35 Lester Vinton - RB</t>
   </si>
@@ -662,54 +662,54 @@
   <si>
     <t>#28 Robert Strickland - CB</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>LEX 19</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-LEX 19 (8:21) 35-Lester Vinton ran for 19 yards. TOUCHDOWN! LEX 7 BAD 6</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>LEX 15</t>
   </si>
   <si>
     <t>(8:16) Extra point GOOD by 8-Jerry Horne. LEX 7 BAD 7</t>
   </si>
   <si>
-    <t>#40 Brian Burkett - FB</t>
-[...2 lines deleted...]
-    <t>#77 Cory Hamilton - RG</t>
+    <t>#40 Brian Burkett - LT</t>
+  </si>
+  <si>
+    <t>#77 Cory Hamilton - RT</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#31 Andrew Garcia - CB</t>
   </si>
   <si>
     <t>#75 Laverne Thomas - RDE</t>
   </si>
   <si>
     <t>(8:16) 8-Jerry Horne kicks 71 yards from BAD 35 to LEX -6. Touchback.</t>
   </si>
   <si>
     <t>LEX 25</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-LEX 25 (8:16) 19-Jonathan Newman pass Pass knocked down by 21-Mark Sae. incomplete, intended for 15-Winfred Cole.</t>
   </si>
@@ -839,78 +839,78 @@
   <si>
     <t>BAD 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-BAD 20 (5:05) 18-George Alm pass complete to 86-Eric Hutchinson to BAD 42 for 22 yards. Tackle by 41-Christian Agar.</t>
   </si>
   <si>
     <t>#48 Timothy Hayes - CB</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BAD 42 (4:27) 18-George Alm pass complete to 35-Lester Vinton to BAD 50 for 7 yards. Tackle by 34-Jarad Kelenic.</t>
   </si>
   <si>
-    <t>#81 Marcelino Black - TE</t>
+    <t>#81 Marcelino Black - FB</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>BAD 50</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-3-BAD 50 (3:43) 18-George Alm pass Pass knocked down by 41-Christian Agar. incomplete, intended for 82-Steven Simmons. LEX 75-Laverne Thomas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Herbert Whitcomb - WR</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>3-3-BAD 50 (3:39) 31-Jimmy Mattoon ran to LEX 43 for 8 yards. Tackle by 90-Robert Bernard.</t>
   </si>
   <si>
-    <t>#31 Jimmy Mattoon - RB</t>
+    <t>#17 Jimmy Mattoon - WR</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>LEX 43</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Cover 4</t>
   </si>
   <si>
     <t>1-10-LEX 43 (3:01) 18-George Alm pass complete to 85-Lenny Lightfoot to LEX 15 for 28 yards. Tackle by 41-Christian Agar.</t>
   </si>
   <si>
     <t>#11 Brent Tollison - WR</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>