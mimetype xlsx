--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -686,78 +686,78 @@
   <si>
     <t>SAL 46</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-4-SAL 46 (9:41) 18-George Alm sacked at BAD 46 for -8 yards (93-Billy Bell). Sack allowed by 75-David Parker.</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
     <t>BAD 46</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-12-BAD 46 (8:59) 18-George Alm sacked at BAD 43 for -3 yards (99-Skye  Passeren). Sack allowed by 86-Eric Hutchinson. SAL 93-Billy Bell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#31 Jimmy Mattoon - RB</t>
+    <t>#17 Jimmy Mattoon - WR</t>
   </si>
   <si>
     <t>#23 Jordan Carney - CB</t>
   </si>
   <si>
     <t>#2 Ryan Twiggs - SS</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>BAD 43</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-BAD 43 (8:18) 19-Michael Hollar punts 50 yards to SAL 7. 87-Marcus Light to SAL 15 for 8 yards. Tackle by 86-Eric Hutchinson.</t>
   </si>
   <si>
     <t>#19 Michael Hollar - P</t>
   </si>
   <si>
-    <t>#77 Cory Hamilton - RG</t>
+    <t>#77 Cory Hamilton - RT</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
   <si>
     <t>SAL 15</t>
   </si>
   <si>
     <t>1-10-SAL 15 (8:09) 41-David Hui ran to SAL 20 for 5 yards. Tackle by 47-Ronald Sullivan.</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>SAL 20</t>
   </si>
   <si>
     <t>2-5-SAL 20 (7:25) 41-David Hui ran to SAL 24 for 5 yards. Tackle by 28-Robert Strickland.</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
@@ -1019,51 +1019,51 @@
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-8-BAD 12 (0:34) 18-George Alm pass complete to 82-Steven Simmons to BAD 20 for 8 yards. Tackle by 31-Samuel Schenck.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>BAD 20</t>
   </si>
   <si>
     <t>Weak I Big HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-BAD 20 (15:00) 35-Lester Vinton ran to BAD 19 for -2 yards. Tackle by 50-Brandon Bland.</t>
   </si>
   <si>
-    <t>#81 Marcelino Black - TE</t>
+    <t>#81 Marcelino Black - FB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-12-BAD 19 (14:23) 18-George Alm pass Pass knocked down by 22-Bruce Suttle. incomplete, intended for 86-Eric Hutchinson.</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-12-BAD 19 (14:20) 30-Donald Contreras ran to BAD 25 for 6 yards. Tackle by 21-Wayne Perez.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>BAD 25</t>
   </si>
@@ -1214,51 +1214,51 @@
   <si>
     <t>1-10-SAL 19 (7:47) 30-Donald Contreras ran to SAL 15 for 4 yards. Tackle by 55-Owen Littlefield. BAD 80-Michael Lee was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>2-6-SAL 15 (7:11) 18-George Alm pass Pass knocked down by 99-William Holder. incomplete, intended for 81-Marcelino Black.</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>3-6-SAL 15 (7:09) 18-George Alm pass complete to 85-Lenny Lightfoot to SAL 13 for 2 yards. Tackle by 31-Samuel Schenck.</t>
   </si>
   <si>
     <t>6:36</t>
   </si>
   <si>
     <t>SAL 13</t>
   </si>
   <si>
     <t>4-4-SAL 13 (6:35) 8-Jerry Horne 31 yard field goal is GOOD. BAD 3 SAL 0</t>
   </si>
   <si>
-    <t>#40 Brian Burkett - FB</t>
+    <t>#40 Brian Burkett - LT</t>
   </si>
   <si>
     <t>#22 John Gray - CB</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>(6:32) 8-Jerry Horne kicks 74 yards from BAD 35 to SAL -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-SAL 25 (6:32) 41-David Hui ran to SAL 24 for -1 yards. Tackle by 54-Ben Varela.</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-11-SAL 24 (5:53) 41-David Hui ran to SAL 27 for 3 yards. Tackle by 52-Jeffrey Holcomb.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>