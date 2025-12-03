--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -527,51 +527,51 @@
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>BBF 10</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BBF 10 (11:50) 38-Mario Alcott ran to BBF 20 for 10 yards. Tackle by 21-David McGovern.</t>
   </si>
   <si>
     <t>#7 Allan Bruner - QB</t>
   </si>
   <si>
     <t>#46 Michael Martinez - FB</t>
   </si>
   <si>
     <t>#88 Kirby Townsend - WR</t>
   </si>
   <si>
     <t>#15 John Smith - WR</t>
   </si>
   <si>
-    <t>#89 Larry Thomas - WR</t>
+    <t>#83 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#77 Alvin Connelly - LT</t>
   </si>
   <si>
     <t>#62 Dennis Butler - LG</t>
   </si>
   <si>
     <t>#61 Larry Barnes - C</t>
   </si>
   <si>
     <t>#72 Anthony Cole - RG</t>
   </si>
   <si>
     <t>#54 Guillermo Smith - RT</t>
   </si>
   <si>
     <t>#59 Joshua Williams - LDE</t>
   </si>
   <si>
     <t>#95 Adam Spencer - MLB</t>
   </si>
   <si>
     <t>#40 Gerardo Montgomery - WLB</t>
   </si>