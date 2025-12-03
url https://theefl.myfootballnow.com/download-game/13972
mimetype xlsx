--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -503,51 +503,51 @@
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>HHH 29</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-HHH 29 (12:03) 32-David Leonard ran to HHH 27 for -2 yards. Tackle by 57-Ray Pearson.</t>
   </si>
   <si>
     <t>#10 John Corby - QB</t>
   </si>
   <si>
     <t>#32 David Leonard - RB</t>
   </si>
   <si>
     <t>#82 Michael Villasenor - TE</t>
   </si>
   <si>
-    <t>#17 Robert Rodriguez - WR</t>
+    <t>#18 Robert Rodriguez - WR</t>
   </si>
   <si>
     <t>#11 Jim Murphy - WR</t>
   </si>
   <si>
     <t>#1 Thomas Shaw - WR</t>
   </si>
   <si>
     <t>#58 William Dick - RT</t>
   </si>
   <si>
     <t>#70 Joseph Halbert - LG</t>
   </si>
   <si>
     <t>#64 Kent Hill - C</t>
   </si>
   <si>
     <t>#56 Truman Anderson - RG</t>
   </si>
   <si>
     <t>#75 John Russo - RT</t>
   </si>
   <si>
     <t>#96 Roger Papke - LDE</t>
   </si>