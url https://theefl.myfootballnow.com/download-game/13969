--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -377,51 +377,51 @@
   <si>
     <t>#73 David Odom - LG</t>
   </si>
   <si>
     <t>#63 Paul Ward - C</t>
   </si>
   <si>
     <t>#65 Larry Lewis - RG</t>
   </si>
   <si>
     <t>#61 Jose Burress - RT</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#96 William Cohen - RDE</t>
   </si>
   <si>
     <t>#51 Jimmy Locklin - DT</t>
   </si>
   <si>
     <t>#72 John Martines - DT</t>
   </si>
   <si>
-    <t>#98 Arthur Brown - RDE</t>
+    <t>#97 Arthur Brown - RDE</t>
   </si>
   <si>
     <t>#94 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#56 Peter Williams - MLB</t>
   </si>
   <si>
     <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#30 Andrew Todd - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>#35 Theodore Roybal - SS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>ATC 30</t>
   </si>