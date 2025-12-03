--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Jimmie Thomas kicks 72 yards from TRT 35 to NVr -7. Touchback.</t>
   </si>
   <si>
     <t>#41 Christian  Okoye - RB</t>
   </si>
   <si>
     <t>#81 Smooth Burgandy - WR</t>
   </si>
   <si>
     <t>#94 Cory Breedlove - SLB</t>
   </si>
   <si>
     <t>#28 Jerome Grant - WLB</t>
   </si>
   <si>
     <t>#25 John Miranda - CB</t>
   </si>
   <si>
     <t>#21 Jay Evans - CB</t>
   </si>
   <si>
-    <t>#24 Clarence Scott - FS</t>
+    <t>#37 Clarence Scott - FS</t>
   </si>
   <si>
     <t>#70 Randy Raggs - RDE</t>
   </si>
   <si>
     <t>#47 Nuke LaLoosh - CB</t>
   </si>
   <si>
     <t>#56 David Daniels - WLB</t>
   </si>
   <si>
     <t>#95 Howard Johnson - WLB</t>
   </si>
   <si>
     <t>#8 Jimmie Thomas - K</t>
   </si>
   <si>
     <t>NVr</t>
   </si>
   <si>
     <t>NVr 25</t>
   </si>
   <si>
     <t>I Formation Big HB Counter Weak</t>
   </si>