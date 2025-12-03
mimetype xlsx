--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Jerry Horne kicks 75 yards from BAD 35 to NVr -10. Touchback.</t>
   </si>
   <si>
     <t>#85 Frank Thurston - WR</t>
   </si>
   <si>
     <t>#81 Smooth Burgandy - WR</t>
   </si>
   <si>
     <t>#94 Cory Breedlove - SLB</t>
   </si>
   <si>
     <t>#28 Jerome Grant - WLB</t>
   </si>
   <si>
     <t>#25 John Miranda - CB</t>
   </si>
   <si>
     <t>#21 Jay Evans - CB</t>
   </si>
   <si>
-    <t>#24 Clarence Scott - FS</t>
+    <t>#37 Clarence Scott - FS</t>
   </si>
   <si>
     <t>#70 Randy Raggs - RDE</t>
   </si>
   <si>
     <t>#47 Nuke LaLoosh - CB</t>
   </si>
   <si>
     <t>#56 David Daniels - WLB</t>
   </si>
   <si>
     <t>#95 Howard Johnson - WLB</t>
   </si>
   <si>
     <t>#8 Jerry Horne - K</t>
   </si>
   <si>
     <t>NVr</t>
   </si>
   <si>
     <t>NVr 25</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>NVr 35</t>
   </si>
   <si>
     <t>(7:07) 17-George  Blanda kicks 66 yards from NVr 35 to BAD -1. 35-Lester Vinton to BAD 34 for 36 yards. Tackle by 56-David Daniels.</t>
   </si>
   <si>
     <t>#35 Lester Vinton - RB</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>BAD 34</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BAD 34 (7:00) 18-George Alm pass complete to 31-Jimmy Mattoon to BAD 37 for 3 yards. Tackle by 70-Randy Raggs. PENALTY - Facemask (NVr 70-Randy Raggs)</t>
   </si>
   <si>
     <t>#18 George Alm - QB</t>
   </si>
   <si>
-    <t>#31 Jimmy Mattoon - RB</t>
+    <t>#17 Jimmy Mattoon - WR</t>
   </si>
   <si>
     <t>#86 Eric Hutchinson - TE</t>
   </si>
   <si>
     <t>#80 Michael Lee - WR</t>
   </si>
   <si>
     <t>#89 Donald Derryberry - WR</t>
   </si>
   <si>
     <t>#75 David Parker - LT</t>
   </si>
   <si>
     <t>#64 Lloyd Sherman - LG</t>
   </si>
   <si>
     <t>#69 Julio Williams - C</t>
   </si>
   <si>
     <t>#79 Tailor Slap - RG</t>
   </si>
   <si>
     <t>#63 Maurice Norton - RG</t>
   </si>
@@ -770,57 +770,57 @@
   <si>
     <t>#44 David Snively - FB</t>
   </si>
   <si>
     <t>#22 Winn McMillions - FS</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-9-NVr 36 (5:41) 35-Lester Vinton ran to NVr 37 for -2 yards. Tackle by 99-Herman Doucette.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>NVr 37</t>
   </si>
   <si>
     <t>4-11-NVr 37 (5:08) 8-Jerry Horne 55 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#40 Brian Burkett - FB</t>
+    <t>#40 Brian Burkett - LT</t>
   </si>
   <si>
     <t>#60 Michael Upchurch - LG</t>
   </si>
   <si>
-    <t>#77 Cory Hamilton - RG</t>
+    <t>#77 Cory Hamilton - RT</t>
   </si>
   <si>
     <t>#58 Bigger Belly - RT</t>
   </si>
   <si>
     <t>#65 Jim Gandy - DT</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>NVr 44</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NVr 44 (5:04) 3-Edward Bethea pass Pass knocked down by 53-Juan Malone. incomplete, intended for 49-Calvin Taylor.</t>
   </si>
   <si>
     <t>4:59</t>
   </si>
@@ -1199,51 +1199,51 @@
   <si>
     <t>3:13</t>
   </si>
   <si>
     <t>(3:14) 17-George  Blanda kicks 75 yards from NVr 35 to BAD -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-BAD 25 (3:14) 18-George Alm pass complete to 89-Donald Derryberry to BAD 32 for 7 yards. Tackle by 41-Morris D'Cat.</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>2-3-BAD 32 (2:38) 18-George Alm pass Pass knocked down by 99-Herman Doucette. incomplete, intended for 89-Donald Derryberry. Pressure by 75-Walter Riley.</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>Weak I Big HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-3-BAD 32 (2:34) 35-Lester Vinton ran to BAD 31 for -1 yards. Tackle by 25-John Miranda.</t>
   </si>
   <si>
-    <t>#81 Marcelino Black - TE</t>
+    <t>#81 Marcelino Black - FB</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>4-4-BAD 31 (2:00) 19-Michael Hollar punts 46 yards to NVr 23. 88-Golden Richards to NVr 34 for 12 yards. Tackle by 86-Eric Hutchinson.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>NVr 34</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-NVr 34 (1:51) 49-Cha Ching ran to NVr 36 for 2 yards. Tackle by 54-Ben Varela.</t>
   </si>
   <si>
     <t>1:48</t>
   </si>