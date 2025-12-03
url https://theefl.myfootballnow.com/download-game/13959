--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -374,51 +374,51 @@
   <si>
     <t>#16 Michael Savage - WR</t>
   </si>
   <si>
     <t>#58 Richard Jones - LT</t>
   </si>
   <si>
     <t>#79 Nicholas Moore - LG</t>
   </si>
   <si>
     <t>#62 Jake Ricks - C</t>
   </si>
   <si>
     <t>#71 Jeffrey Sanders - RG</t>
   </si>
   <si>
     <t>#78 Russell Wren - RT</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#51 Jimmy Locklin - DT</t>
   </si>
   <si>
-    <t>#98 Arthur Brown - RDE</t>
+    <t>#97 Arthur Brown - RDE</t>
   </si>
   <si>
     <t>#94 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#91 Steven Sample - MLB</t>
   </si>
   <si>
     <t>#97 Joseph Roos - WLB</t>
   </si>
   <si>
     <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#30 Andrew Todd - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>#35 Theodore Roybal - SS</t>
   </si>
   <si>
     <t>#31 Anthony Finley - FS</t>
   </si>