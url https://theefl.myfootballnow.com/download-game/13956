--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -341,51 +341,51 @@
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>HHH 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-HHH 25 (15:00) 10-John Corby pass Pass knocked down by 52-Arnold James. incomplete, intended for 40-Leland Bolling. Pressure by 94-Hill Billerie.</t>
   </si>
   <si>
     <t>#10 John Corby - QB</t>
   </si>
   <si>
     <t>#40 Leland Bolling - FB</t>
   </si>
   <si>
     <t>#82 Michael Villasenor - TE</t>
   </si>
   <si>
-    <t>#17 Robert Rodriguez - WR</t>
+    <t>#18 Robert Rodriguez - WR</t>
   </si>
   <si>
     <t>#1 Thomas Shaw - WR</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#70 Joseph Halbert - LG</t>
   </si>
   <si>
     <t>#75 John Russo - RT</t>
   </si>
   <si>
     <t>#56 Truman Anderson - RG</t>
   </si>
   <si>
     <t>#58 William Dick - RT</t>
   </si>
   <si>
     <t>#91 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#68 Ramon Orozco - DT</t>
   </si>