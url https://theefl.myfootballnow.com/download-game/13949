--- v0 (2025-11-09)
+++ v1 (2025-12-03)
@@ -467,51 +467,51 @@
   <si>
     <t>#12 James Welliver - RB</t>
   </si>
   <si>
     <t>#80 Harold Reynolds - TE</t>
   </si>
   <si>
     <t>#66 Werner Hoyt - LDE</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>BLJ 34</t>
   </si>
   <si>
     <t>Shotgun 4 Wide In and Out</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BLJ 34 (12:24) 7-Allan Bruner pass Pass knocked down by 45-Stephen Parkhurst. incomplete, intended for 13-Thomas Rudd. 45-Stephen Parkhurst got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#89 Larry Thomas - WR</t>
+    <t>#83 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#89 Raymond Smith - WR</t>
   </si>
   <si>
     <t>#38 Eric Wininger - CB</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-BLJ 34 (12:21) 7-Allan Bruner pass complete to 38-Mario Alcott to BLJ 30 for 4 yards. Tackle by 32-Jose Cannon. PENALTY - Facemask (BLJ 32-Jose Cannon)</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>BLJ 15</t>
   </si>