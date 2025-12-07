--- v0 (2025-11-11)
+++ v1 (2025-12-07)
@@ -380,51 +380,51 @@
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#50 Marion Livingston - LT</t>
   </si>
   <si>
     <t>#79 Ralph Johnson - LDE</t>
   </si>
   <si>
     <t>#61 Joseph Hubbs - DT</t>
   </si>
   <si>
     <t>#53 Randall Griffin - DT</t>
   </si>
   <si>
     <t>#78 Wayne Schultz - RDE</t>
   </si>
   <si>
     <t>#56 Steven Nicely - SLB</t>
   </si>
   <si>
     <t>#90 James Moore - MLB</t>
   </si>
   <si>
-    <t>#54 Scott Nemeth - WLB</t>
+    <t>#93 Scott Nemeth - WLB</t>
   </si>
   <si>
     <t>#22 Vernon Driver - CB</t>
   </si>
   <si>
     <t>#37 Raymond Davis - CB</t>
   </si>
   <si>
     <t>#33 Orlando Smith - SS</t>
   </si>
   <si>
     <t>#39 Brett Rainey - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CGW 34</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>