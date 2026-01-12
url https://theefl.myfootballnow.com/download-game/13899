--- v1 (2025-12-07)
+++ v2 (2026-01-12)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CGW has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BBm</t>
   </si>
   <si>
     <t>BBm 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Victor Daugherty kicks 74 yards from BBm 35 to CGW -9. Touchback.</t>
   </si>
   <si>
     <t>#26 Numbers Robinson - RB</t>
   </si>
   <si>
-    <t>#20 John Feng - CB</t>
+    <t>#29 John Feng - CB</t>
   </si>
   <si>
     <t>#9 Ozzie Albies - SS</t>
   </si>
   <si>
     <t>#79 Franklin Wiles - C</t>
   </si>
   <si>
     <t>#82 Warren Lord - TE</t>
   </si>
   <si>
     <t>#51 Shawn Ramires - RG</t>
   </si>
   <si>
     <t>#42 Lyndon Pinegar - FS</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
     <t>#19 Joseph Partin - WR</t>
   </si>
   <si>
     <t>#92 Rodney Phillips - WLB</t>
   </si>
@@ -338,141 +338,141 @@
   <si>
     <t>#9 Victor Daugherty - K</t>
   </si>
   <si>
     <t>CGW</t>
   </si>
   <si>
     <t>CGW 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CGW 25 (15:00) 8-Mark Garcia pass complete to 83-Grant Holmes to CGW 34 for 9 yards. Tackle by 39-Brett Rainey.</t>
   </si>
   <si>
     <t>#8 Mark Garcia - QB</t>
   </si>
   <si>
     <t>#31 Randy Wood - RB</t>
   </si>
   <si>
-    <t>#83 Grant Holmes - TE</t>
+    <t>#84 Grant Holmes - TE</t>
   </si>
   <si>
     <t>#80 Morgan Colbert - WR</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#55 Mike Zuniga - LT</t>
   </si>
   <si>
     <t>#68 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#50 Marion Livingston - LT</t>
   </si>
   <si>
     <t>#79 Ralph Johnson - LDE</t>
   </si>
   <si>
-    <t>#61 Joseph Hubbs - DT</t>
+    <t>#4 Joseph Hubbs - LDE</t>
   </si>
   <si>
     <t>#53 Randall Griffin - DT</t>
   </si>
   <si>
     <t>#78 Wayne Schultz - RDE</t>
   </si>
   <si>
     <t>#56 Steven Nicely - SLB</t>
   </si>
   <si>
     <t>#90 James Moore - MLB</t>
   </si>
   <si>
     <t>#93 Scott Nemeth - WLB</t>
   </si>
   <si>
     <t>#22 Vernon Driver - CB</t>
   </si>
   <si>
     <t>#37 Raymond Davis - CB</t>
   </si>
   <si>
-    <t>#33 Orlando Smith - SS</t>
+    <t>#21 Orlando Smith - SS</t>
   </si>
   <si>
     <t>#39 Brett Rainey - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CGW 34</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-1-CGW 34 (14:17) 8-Mark Garcia pass Pass knocked down by 36-Francis Sharma. incomplete, intended for 83-Grant Holmes.</t>
   </si>
   <si>
-    <t>#67 Christopher Strickland - RG</t>
+    <t>#52 Christopher Strickland - RG</t>
   </si>
   <si>
     <t>#96 Keith Rouse - LDE</t>
   </si>
   <si>
     <t>#62 Steven Gordon - DT</t>
   </si>
   <si>
-    <t>#91 Willie Swanson - SLB</t>
+    <t>#91 Willie Swanson - WLB</t>
   </si>
   <si>
     <t>#94 Alan Duong - MLB</t>
   </si>
   <si>
     <t>#93 Harry Wright - WLB</t>
   </si>
   <si>
-    <t>#36 Francis Sharma - CB</t>
+    <t>#2 Francis Sharma - CB</t>
   </si>
   <si>
     <t>#38 Willie Bailey - SS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>3-1-CGW 34 (14:14) 8-Mark Garcia pass complete to 31-Randy Wood to CGW 42 for 8 yards.</t>
   </si>
   <si>
     <t>#87 Lake Dawson - WR</t>
   </si>
   <si>
     <t>#72 Brian Fox - RDE</t>
   </si>
   <si>
     <t>#46 Walter Barlow - FS</t>
   </si>
@@ -551,96 +551,96 @@
   <si>
     <t>BBm 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-10-BBm 25 (11:22) 8-Mark Garcia pass complete to 80-Morgan Colbert to BBm 17 for 8 yards. Tackle by 37-Raymond Davis.</t>
   </si>
   <si>
     <t>#44 Joshua Henderson - RB</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>BBm 17</t>
   </si>
   <si>
     <t>4-2-BBm 17 (10:36) 8-Mark Garcia pass incomplete, intended for 82-Henry Sullivan. Turnover on downs.</t>
   </si>
   <si>
-    <t>#82 Henry Sullivan - WR</t>
+    <t>#12 Henry Sullivan - WR</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-BBm 17 (10:34) 13-Jack Calabrese ran to BBm 33 for 15 yards. Tackle by 22-Chad Baird.</t>
   </si>
   <si>
     <t>#6 Craig Garza - QB</t>
   </si>
   <si>
     <t>#13 Jack Calabrese - RB</t>
   </si>
   <si>
     <t>#12 Jesse Peterson - RB</t>
   </si>
   <si>
     <t>#30 Jeromy Evans - WR</t>
   </si>
   <si>
     <t>#34 Richard Leclair - WR</t>
   </si>
   <si>
     <t>#89 Vince Bright - WR</t>
   </si>
   <si>
     <t>#67 Bobby Carter - LT</t>
   </si>
   <si>
-    <t>#72 John Hays - LG</t>
+    <t>#67 John Hays - LG</t>
   </si>
   <si>
     <t>#57 Phillip Tindle - C</t>
   </si>
   <si>
     <t>#66 Armand Belmont - RG</t>
   </si>
   <si>
-    <t>#65 Douglas Layden - RT</t>
+    <t>#65 Douglas Layden - RG</t>
   </si>
   <si>
     <t>#96 Roger Papke - LDE</t>
   </si>
   <si>
     <t>#95 Tommy Robinson - DT</t>
   </si>
   <si>
     <t>#70 Robert Sullivan - DT</t>
   </si>
   <si>
     <t>#52 Leo Michalski - MLB</t>
   </si>
   <si>
     <t>#27 Rupert Guyette - CB</t>
   </si>
   <si>
     <t>#29 Michael Ramirez - CB</t>
   </si>
   <si>
     <t>#34 Tyrone Phillips - CB</t>
   </si>
   <si>
     <t>#22 Chad Baird - CB</t>
   </si>
@@ -695,60 +695,60 @@
   <si>
     <t>3-11-BBm 32 (9:18) 13-Jack Calabrese ran to BBm 37 for 5 yards. Tackle by 9-Ozzie Albies.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>BBm 37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-BBm 37 (8:33) 3-Jamel Best punts 48 yards to CGW 15. 80-Morgan Colbert to CGW 22 for 7 yards. Tackle by 94-Alan Duong.</t>
   </si>
   <si>
     <t>#3 Jamel Best - P</t>
   </si>
   <si>
     <t>#71 Michael Bradshaw - LT</t>
   </si>
   <si>
-    <t>#73 James Massey - C</t>
+    <t>#73 James Massey - LG</t>
   </si>
   <si>
     <t>#58 Jason Rodriguez - RT</t>
   </si>
   <si>
     <t>#63 Jeffrey Carlos - RG</t>
   </si>
   <si>
-    <t>#56 Henry Culbert - WLB</t>
+    <t>#51 Henry Culbert - WLB</t>
   </si>
   <si>
     <t>#9 Kenny Christmas - LDE</t>
   </si>
   <si>
     <t>#65 Kenneth Frye - DT</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>CGW 22</t>
   </si>
   <si>
     <t>1-10-CGW 22 (8:24) 8-Mark Garcia pass complete to 82-Henry Sullivan to CGW 32 for 10 yards. Tackle by 90-James Moore.</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>CGW 32</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
@@ -911,51 +911,51 @@
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-15-CGW 16 (1:40) 6-Craig Garza pass complete to 45-Dennis Moore to CGW 14 for 2 yards. Tackle by 53-Floyd Burg.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>CGW 14</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-13-CGW 14 (1:06) 9-Victor Daugherty 32 yard field goal is GOOD. BBm 3 CGW 0</t>
   </si>
   <si>
-    <t>#60 Christopher Hill - DT</t>
+    <t>#56 Christopher Hill - DT</t>
   </si>
   <si>
     <t>1:02</t>
   </si>
   <si>
     <t>(1:03) 9-Victor Daugherty kicks 68 yards from BBm 35 to CGW -3. 26-Numbers Robinson to CGW 22 for 27 yards. Tackle by 39-Brett Rainey.</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>1-10-CGW 22 (0:58) 8-Mark Garcia pass complete to 83-Grant Holmes to CGW 31 for 8 yards. Tackle by 79-Ralph Johnson. Nice job by 83-Grant Holmes on that route to lose his coverage.</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>CGW 31</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-2-CGW 31 (0:14) PENALTY - False Start (CGW 80-Morgan Colbert)</t>
   </si>