--- v2 (2026-01-12)
+++ v3 (2026-02-11)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CGW 25 (15:00) 8-Mark Garcia pass complete to 83-Grant Holmes to CGW 34 for 9 yards. Tackle by 39-Brett Rainey.</t>
   </si>
   <si>
     <t>#8 Mark Garcia - QB</t>
   </si>
   <si>
     <t>#31 Randy Wood - RB</t>
   </si>
   <si>
     <t>#84 Grant Holmes - TE</t>
   </si>
   <si>
     <t>#80 Morgan Colbert - WR</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#55 Mike Zuniga - LT</t>
   </si>
   <si>
-    <t>#68 Kenneth Galindo - C</t>
+    <t>#79 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#50 Marion Livingston - LT</t>
   </si>
   <si>
     <t>#79 Ralph Johnson - LDE</t>
   </si>
   <si>
     <t>#4 Joseph Hubbs - LDE</t>
   </si>
   <si>
     <t>#53 Randall Griffin - DT</t>
   </si>
   <si>
     <t>#78 Wayne Schultz - RDE</t>
   </si>
   <si>
     <t>#56 Steven Nicely - SLB</t>
   </si>