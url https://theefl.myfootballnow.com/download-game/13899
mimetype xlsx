--- v3 (2026-02-11)
+++ v4 (2026-03-04)
@@ -287,51 +287,51 @@
   <si>
     <t>CGW has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BBm</t>
   </si>
   <si>
     <t>BBm 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Victor Daugherty kicks 74 yards from BBm 35 to CGW -9. Touchback.</t>
   </si>
   <si>
     <t>#26 Numbers Robinson - RB</t>
   </si>
   <si>
     <t>#29 John Feng - CB</t>
   </si>
   <si>
-    <t>#9 Ozzie Albies - SS</t>
+    <t>#29 Ozzie Albies - SS</t>
   </si>
   <si>
     <t>#79 Franklin Wiles - C</t>
   </si>
   <si>
     <t>#82 Warren Lord - TE</t>
   </si>
   <si>
     <t>#51 Shawn Ramires - RG</t>
   </si>
   <si>
     <t>#42 Lyndon Pinegar - FS</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
     <t>#19 Joseph Partin - WR</t>
   </si>
   <si>
     <t>#92 Rodney Phillips - WLB</t>
   </si>
   <si>
     <t>#66 Gilbert Allen - RDE</t>
   </si>
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CGW 25 (15:00) 8-Mark Garcia pass complete to 83-Grant Holmes to CGW 34 for 9 yards. Tackle by 39-Brett Rainey.</t>
   </si>
   <si>
     <t>#8 Mark Garcia - QB</t>
   </si>
   <si>
     <t>#31 Randy Wood - RB</t>
   </si>
   <si>
     <t>#84 Grant Holmes - TE</t>
   </si>
   <si>
     <t>#80 Morgan Colbert - WR</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#55 Mike Zuniga - LT</t>
   </si>
   <si>
-    <t>#79 Kenneth Galindo - C</t>
+    <t>#65 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#50 Marion Livingston - LT</t>
   </si>
   <si>
     <t>#79 Ralph Johnson - LDE</t>
   </si>
   <si>
     <t>#4 Joseph Hubbs - LDE</t>
   </si>
   <si>
     <t>#53 Randall Griffin - DT</t>
   </si>
   <si>
     <t>#78 Wayne Schultz - RDE</t>
   </si>
   <si>
     <t>#56 Steven Nicely - SLB</t>
   </si>