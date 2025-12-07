--- v0 (2025-11-11)
+++ v1 (2025-12-07)
@@ -377,51 +377,51 @@
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
     <t>#71 Vernon Byrne - RT</t>
   </si>
   <si>
     <t>#79 Ralph Johnson - LDE</t>
   </si>
   <si>
     <t>#54 Howard Buchanan - DT</t>
   </si>
   <si>
     <t>#78 Wayne Schultz - RDE</t>
   </si>
   <si>
     <t>#91 Willie Swanson - SLB</t>
   </si>
   <si>
     <t>#50 Manuel Pitt - MLB</t>
   </si>
   <si>
-    <t>#54 Scott Nemeth - WLB</t>
+    <t>#93 Scott Nemeth - WLB</t>
   </si>
   <si>
     <t>#37 Raymond Davis - CB</t>
   </si>
   <si>
     <t>#36 Francis Sharma - CB</t>
   </si>
   <si>
     <t>#38 Willie Bailey - SS</t>
   </si>
   <si>
     <t>#33 Orlando Smith - SS</t>
   </si>
   <si>
     <t>#46 Walter Barlow - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ROC 24</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Flat Prevent</t>
   </si>
   <si>
     <t>2-2-ROC 39 (9:44) 6-Craig Garza pass complete to 83-John Bonds to ROC 35 for 4 yards. Tackle by 28-Charles Canchola. PENALTY - Offsides (ROC 77-Robert Davis) (Declined)</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>ROC 35</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-ROC 35 (9:40) 6-Craig Garza pass incomplete, dropped by 82-Christopher Morgan. Pressure by 66-Maurice Hamilton.</t>
   </si>
   <si>
-    <t>#96 Steven Southard - MLB</t>
+    <t>#50 Steven Southard - MLB</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-10-ROC 35 (9:36) 6-Craig Garza pass Pass knocked down by 28-Charles Canchola. incomplete, intended for 43-John Caesar. 28-Charles Canchola got away with a hold on that play.</t>
   </si>
   <si>
     <t>#99 Matt Olsen - SLB</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>3-10-ROC 35 (9:33) 12-Jesse Peterson ran to ROC 34 for 1 yards. Tackle by 60-Bill Minch.</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
     <t>ROC 34</t>
   </si>