--- v1 (2025-12-07)
+++ v2 (2026-01-12)
@@ -290,72 +290,72 @@
   <si>
     <t>BBm</t>
   </si>
   <si>
     <t>BBm 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Victor Daugherty kicks 74 yards from BBm 35 to ROC -9. Touchback.</t>
   </si>
   <si>
     <t>#18 Roy Kahle - WR</t>
   </si>
   <si>
     <t>#94 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
-    <t>#8 James Habersham Jr. - MLB</t>
+    <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>#37 Robert Gilliam - CB</t>
   </si>
   <si>
     <t>#33 Charles Canchola - CB</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
+    <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#9 Victor Daugherty - K</t>
   </si>
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>ROC 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ROC 25 (15:00) 34-Jimmy Taylor ran to ROC 24 for -1 yards. Tackle by 64-Howard Buchanan.</t>
   </si>
   <si>
     <t>#5 Richard Barbour - QB</t>
   </si>
   <si>
     <t>#2 Willie Droppett - RB</t>
   </si>
@@ -371,69 +371,69 @@
   <si>
     <t>#67 Stephen Mixon - RT</t>
   </si>
   <si>
     <t>#51 Clifford Knox - LG</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
     <t>#71 Vernon Byrne - RT</t>
   </si>
   <si>
     <t>#79 Ralph Johnson - LDE</t>
   </si>
   <si>
     <t>#54 Howard Buchanan - DT</t>
   </si>
   <si>
     <t>#78 Wayne Schultz - RDE</t>
   </si>
   <si>
-    <t>#91 Willie Swanson - SLB</t>
+    <t>#91 Willie Swanson - WLB</t>
   </si>
   <si>
     <t>#50 Manuel Pitt - MLB</t>
   </si>
   <si>
     <t>#93 Scott Nemeth - WLB</t>
   </si>
   <si>
     <t>#37 Raymond Davis - CB</t>
   </si>
   <si>
-    <t>#36 Francis Sharma - CB</t>
+    <t>#2 Francis Sharma - CB</t>
   </si>
   <si>
     <t>#38 Willie Bailey - SS</t>
   </si>
   <si>
-    <t>#33 Orlando Smith - SS</t>
+    <t>#21 Orlando Smith - SS</t>
   </si>
   <si>
     <t>#46 Walter Barlow - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ROC 24</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>2-11-ROC 24 (14:21) 5-Richard Barbour sacked at ROC 14 for -10 yards (79-Ralph Johnson). Sack allowed by 71-Vernon Byrne. 71-Vernon Byrne was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#85 Martin Tidwell - TE</t>
   </si>
   <si>
     <t>#66 Robert Tice - LDE</t>
   </si>
@@ -458,111 +458,111 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-21-ROC 14 (13:36) 5-Richard Barbour pass Pass knocked down by 46-Walter Barlow. incomplete, intended for 80-Mason Jahr.</t>
   </si>
   <si>
     <t>#24 Brian Green - RB</t>
   </si>
   <si>
     <t>#12 Alex Krueger - WR</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-21-ROC 14 (13:33) 13-Marcus Testa punts 44 yards to BBm 42. Fair Catch by 30-Jeromy Evans. ROC 53-Michael Griffin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#13 Marcus Testa - P</t>
+    <t>#1 Marcus Testa - P</t>
   </si>
   <si>
     <t>#30 Jeromy Evans - WR</t>
   </si>
   <si>
-    <t>#99 Tony Benson - WLB</t>
+    <t>#99 Tony Benson - FS</t>
   </si>
   <si>
     <t>#53 Randall Griffin - DT</t>
   </si>
   <si>
     <t>#81 Mario Hursey - TE</t>
   </si>
   <si>
-    <t>#75 Bryan Kimball - RG</t>
+    <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#62 Steven Gordon - DT</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>BBm 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-BBm 42 (13:27) 6-Craig Garza pass Pass knocked down by 20-Hopper Binz. incomplete, intended for 87-Eddie Jones.</t>
   </si>
   <si>
     <t>#6 Craig Garza - QB</t>
   </si>
   <si>
     <t>#13 Jack Calabrese - RB</t>
   </si>
   <si>
     <t>#82 Christopher Morgan - TE</t>
   </si>
   <si>
     <t>#87 Eddie Jones - WR</t>
   </si>
   <si>
     <t>#17 Howard Willis - WR</t>
   </si>
   <si>
     <t>#67 Bobby Carter - LT</t>
   </si>
   <si>
-    <t>#72 John Hays - LG</t>
+    <t>#67 John Hays - LG</t>
   </si>
   <si>
     <t>#70 Charles Summers - LG</t>
   </si>
   <si>
     <t>#63 Jeffrey Carlos - RG</t>
   </si>
   <si>
-    <t>#65 Douglas Layden - RT</t>
+    <t>#65 Douglas Layden - RG</t>
   </si>
   <si>
     <t>#93 Raymond Matthews - WLB</t>
   </si>
   <si>
     <t>#95 Cole  Slaugh - MLB</t>
   </si>
   <si>
     <t>#39 John Hallmark - SS</t>
   </si>
   <si>
     <t>#21 David McGovern - FS</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-10-BBm 42 (13:23) 6-Craig Garza pass Pass knocked down by 28-Charles Canchola. incomplete, intended for 87-Eddie Jones.</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
@@ -2316,99 +2316,99 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="331.348" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>