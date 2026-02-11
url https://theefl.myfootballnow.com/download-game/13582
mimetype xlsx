--- v2 (2026-01-12)
+++ v3 (2026-02-11)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ROC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BBm</t>
   </si>
   <si>
     <t>BBm 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Victor Daugherty kicks 74 yards from BBm 35 to ROC -9. Touchback.</t>
   </si>
   <si>
     <t>#18 Roy Kahle - WR</t>
   </si>
   <si>
-    <t>#94 Robbie Farley - WLB</t>
+    <t>#98 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>#37 Robert Gilliam - CB</t>
   </si>
   <si>
     <t>#33 Charles Canchola - CB</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>#51 Christopher Morrison - LG</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>BBm 41</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-4-BBm 41 (11:01) 6-Craig Garza pass complete to 13-Jack Calabrese to ROC 47 for 12 yards. Tackle by 37-Robert Gilliam.</t>
   </si>
   <si>
     <t>#45 Dennis Moore - FB</t>
   </si>
   <si>
     <t>#60 James Manning - LT</t>
   </si>
   <si>
-    <t>#60 Bill Minch - DT</t>
+    <t>#77 Bill Minch - DT</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>ROC 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-ROC 47 (10:23) 12-Jesse Peterson ran to ROC 39 for 8 yards. Tackle by 20-Hopper Binz.</t>
   </si>
   <si>
     <t>#12 Jesse Peterson - RB</t>
   </si>
   <si>
     <t>#54 Rickey Seavey - LT</t>
   </si>
   <si>
     <t>#66 Maurice Hamilton - RDE</t>
   </si>
@@ -863,51 +863,51 @@
   <si>
     <t>BBm 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-9-BBm 30 (5:35) 26-John Garcia ran to BBm 28 for 2 yards. Tackle by 90-James Moore.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>BBm 28</t>
   </si>
   <si>
     <t>4-6-BBm 28 (4:54) 16-Kevin Stagner 45 yard field goal is GOOD. ROC 3 BBm 3</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
   <si>
     <t>#57 Larry Cosper - C</t>
   </si>
   <si>
-    <t>#68 Kenneth Galindo - C</t>
+    <t>#79 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>4:50</t>
   </si>
   <si>
     <t>(4:51) 16-Kevin Stagner kicks 73 yards from ROC 35 to BBm -8. Touchback.</t>
   </si>
   <si>
     <t>BBm 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-BBm 25 (4:51) 13-Jack Calabrese ran to BBm 31 for 6 yards. Tackle by 40-Gerardo Montgomery.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>BBm 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>