--- v3 (2026-02-11)
+++ v4 (2026-03-04)
@@ -308,51 +308,51 @@
   <si>
     <t>#98 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>#37 Robert Gilliam - CB</t>
   </si>
   <si>
-    <t>#33 Charles Canchola - CB</t>
+    <t>#28 Charles Canchola - CB</t>
   </si>
   <si>
     <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#9 Victor Daugherty - K</t>
   </si>
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>ROC 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ROC 25 (15:00) 34-Jimmy Taylor ran to ROC 24 for -1 yards. Tackle by 64-Howard Buchanan.</t>
   </si>
   <si>
     <t>#5 Richard Barbour - QB</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#38 Willie Bailey - SS</t>
   </si>
   <si>
     <t>#21 Orlando Smith - SS</t>
   </si>
   <si>
     <t>#46 Walter Barlow - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ROC 24</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>2-11-ROC 24 (14:21) 5-Richard Barbour sacked at ROC 14 for -10 yards (79-Ralph Johnson). Sack allowed by 71-Vernon Byrne. 71-Vernon Byrne was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#85 Martin Tidwell - TE</t>
+    <t>#89 Martin Tidwell - TE</t>
   </si>
   <si>
     <t>#66 Robert Tice - LDE</t>
   </si>
   <si>
     <t>#90 James Moore - MLB</t>
   </si>
   <si>
     <t>#93 Harry Wright - WLB</t>
   </si>
   <si>
     <t>#22 Vernon Driver - CB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>ROC 14</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>#87 Eddie Jones - WR</t>
   </si>
   <si>
     <t>#17 Howard Willis - WR</t>
   </si>
   <si>
     <t>#67 Bobby Carter - LT</t>
   </si>
   <si>
     <t>#67 John Hays - LG</t>
   </si>
   <si>
     <t>#70 Charles Summers - LG</t>
   </si>
   <si>
     <t>#63 Jeffrey Carlos - RG</t>
   </si>
   <si>
     <t>#65 Douglas Layden - RG</t>
   </si>
   <si>
     <t>#93 Raymond Matthews - WLB</t>
   </si>
   <si>
-    <t>#95 Cole  Slaugh - MLB</t>
+    <t>#55 Cole  Slaugh - MLB</t>
   </si>
   <si>
     <t>#39 John Hallmark - SS</t>
   </si>
   <si>
     <t>#21 David McGovern - FS</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-10-BBm 42 (13:23) 6-Craig Garza pass Pass knocked down by 28-Charles Canchola. incomplete, intended for 87-Eddie Jones.</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>#68 Michael White - DT</t>
   </si>
   <si>
     <t>#40 Gerardo Montgomery - WLB</t>
   </si>
   <si>
     <t>#23 Malcolm Pace - CB</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>BBm 43</t>
   </si>
   <si>
     <t>4-9-BBm 43 (12:45) 3-Jamel Best punts 45 yards to ROC 13. Fair Catch by 80-Mason Jahr. BBm 72-John Hays was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Jamel Best - P</t>
   </si>
   <si>
     <t>#71 Michael Bradshaw - LT</t>
   </si>
   <si>
-    <t>#72 Raymond Edwards - RT</t>
+    <t>#77 Raymond Edwards - RT</t>
   </si>
   <si>
     <t>#58 Jason Rodriguez - RT</t>
   </si>
   <si>
     <t>#77 Robert Davis - RDE</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>ROC 13</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-ROC 13 (12:38) 5-Richard Barbour pass complete to 80-Mason Jahr to ROC 18 for 6 yards. Tackle by 36-Francis Sharma.</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>ROC 18</t>
   </si>
@@ -863,51 +863,51 @@
   <si>
     <t>BBm 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-9-BBm 30 (5:35) 26-John Garcia ran to BBm 28 for 2 yards. Tackle by 90-James Moore.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>BBm 28</t>
   </si>
   <si>
     <t>4-6-BBm 28 (4:54) 16-Kevin Stagner 45 yard field goal is GOOD. ROC 3 BBm 3</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
   <si>
     <t>#57 Larry Cosper - C</t>
   </si>
   <si>
-    <t>#79 Kenneth Galindo - C</t>
+    <t>#65 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>4:50</t>
   </si>
   <si>
     <t>(4:51) 16-Kevin Stagner kicks 73 yards from ROC 35 to BBm -8. Touchback.</t>
   </si>
   <si>
     <t>BBm 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-BBm 25 (4:51) 13-Jack Calabrese ran to BBm 31 for 6 yards. Tackle by 40-Gerardo Montgomery.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>BBm 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>