--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -287,213 +287,213 @@
   <si>
     <t>ODr has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>ROC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Kevin Stagner kicks 74 yards from ROC 35 to ODr -9. Touchback.</t>
   </si>
   <si>
     <t>#19 Kenneth Barbosa - WR</t>
   </si>
   <si>
     <t>#57 Leon Daniels - MLB</t>
   </si>
   <si>
-    <t>#16 James Williams - RB</t>
+    <t>#16 James Williams - WR</t>
   </si>
   <si>
     <t>#1 Jose Jefferson - K</t>
   </si>
   <si>
     <t>#36 William Clements - FS</t>
   </si>
   <si>
     <t>#3 John Smith - CB</t>
   </si>
   <si>
     <t>#29 Eric Roundtree - CB</t>
   </si>
   <si>
     <t>#26 Jesse Holly - CB</t>
   </si>
   <si>
     <t>#4 Charles Lebel - CB</t>
   </si>
   <si>
     <t>#98 Benjamin Sayre - RDE</t>
   </si>
   <si>
-    <t>#20 Darrick Beaulieu - CB</t>
+    <t>#25 Darrick Beaulieu - CB</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
   <si>
     <t>DVD</t>
   </si>
   <si>
     <t>DVD 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-ODr 25 (15:00) 7-Bryan Seefeldt ran to ODr 38 for 13 yards. Tackle by 39-John Hallmark.</t>
   </si>
   <si>
     <t>#10 Doug Rademacher - QB</t>
   </si>
   <si>
     <t>#7 Bryan Seefeldt - RB</t>
   </si>
   <si>
     <t>#44 Jon Wright - FB</t>
   </si>
   <si>
     <t>#86 Jason Lawrence - WR</t>
   </si>
   <si>
     <t>#59 Ryan Henderson - LT</t>
   </si>
   <si>
     <t>#75 Franklin Wallace - LG</t>
   </si>
   <si>
-    <t>#75 William Mohn - C</t>
+    <t>#60 William Mohn - C</t>
   </si>
   <si>
     <t>#69 Hung Hughs - RG</t>
   </si>
   <si>
     <t>#70 Richard Durr - RT</t>
   </si>
   <si>
     <t>#60 Bill Minch - DT</t>
   </si>
   <si>
     <t>#68 Michael White - DT</t>
   </si>
   <si>
     <t>#78 Curtis Prescott - DT</t>
   </si>
   <si>
     <t>#77 Robert Davis - RDE</t>
   </si>
   <si>
     <t>#95 Cole  Slaugh - MLB</t>
   </si>
   <si>
     <t>#40 Gerardo Montgomery - WLB</t>
   </si>
   <si>
     <t>#37 Robert Gilliam - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#39 John Hallmark - SS</t>
   </si>
   <si>
-    <t>#36 Steven Muniz - FS</t>
+    <t>#22 Steven Muniz - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Timeout ODr</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>DVD 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-ODr 38 (14:17) 10-Doug Rademacher pass complete to 16-James Williams to ODr 49 for 11 yards. Tackle by 37-Robert Gilliam.</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
+    <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#99 Skye  Passeren - LDE</t>
   </si>
   <si>
-    <t>#8 James Habersham Jr. - MLB</t>
+    <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
     <t>#33 Charles Canchola - CB</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>DVD 49</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-ODr 49 (13:36) 10-Doug Rademacher pass Pass knocked down by 7-Frank Sherrod. incomplete, intended for 86-Jason Lawrence.</t>
   </si>
   <si>
     <t>#88 Nicholas Garrett - WR</t>
   </si>
   <si>
-    <t>#55 Richard Young - MLB</t>
+    <t>#56 Richard Young - MLB</t>
   </si>
   <si>
     <t>#94 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-ODr 49 (13:34) 10-Doug Rademacher pass complete to 86-Jason Lawrence to ROC 34 for 17 yards. Tackle by 7-Frank Sherrod.</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>ROC 34</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-ROC 34 (12:48) 10-Doug Rademacher pass complete to 87-Jon Wright to ROC 26 for 8 yards. Tackle by 65-Raymond Matthews.</t>
   </si>
@@ -632,51 +632,51 @@
   <si>
     <t>#83 Gerry Giles - WR</t>
   </si>
   <si>
     <t>#67 Stephen Mixon - RT</t>
   </si>
   <si>
     <t>#51 Clifford Knox - LG</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
     <t>#71 Vernon Byrne - RT</t>
   </si>
   <si>
     <t>#68 Gustavo Harris - RDE</t>
   </si>
   <si>
     <t>#96 Dan Wesley - LDE</t>
   </si>
   <si>
-    <t>#93 Joel Fernandez - RDE</t>
+    <t>#37 Joel Fernandez - FS</t>
   </si>
   <si>
     <t>#82 Mark George - LDE</t>
   </si>
   <si>
     <t>#52 Arnold James - SLB</t>
   </si>
   <si>
     <t>#64 John Jones - WLB</t>
   </si>
   <si>
     <t>#23 James McCray - CB</t>
   </si>
   <si>
     <t>#43 Bryan Jin - SS</t>
   </si>
   <si>
     <t>#39 Jeremiah Sipe - FS</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
@@ -710,54 +710,54 @@
   <si>
     <t>#18 Roy Kahle - WR</t>
   </si>
   <si>
     <t>#48 Scooter Springs - TE</t>
   </si>
   <si>
     <t>#91 Hubert Eaton - RDE</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>ROC 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-ROC 30 (8:34) 13-Marcus Testa punts 52 yards to ODr 19. 19-Kenneth Barbosa to ODr 27 for 9 yards. Tackle by 7-Frank Sherrod.</t>
   </si>
   <si>
-    <t>#13 Marcus Testa - P</t>
-[...2 lines deleted...]
-    <t>#75 Bryan Kimball - RG</t>
+    <t>#1 Marcus Testa - P</t>
+  </si>
+  <si>
+    <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#31 Phillip Amos - FS</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>DVD 27</t>
   </si>
   <si>
     <t>1-10-ODr 27 (8:26) 10-Doug Rademacher pass Pass knocked down by 37-Robert Gilliam. incomplete, intended for 7-Bryan Seefeldt.</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>2-10-ODr 27 (8:22) 10-Doug Rademacher pass complete to 16-James Williams to ODr 38 for 11 yards. Tackle by 36-Steven Muniz.</t>
   </si>
@@ -1148,51 +1148,51 @@
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-10-ROC 21 (3:52) 5-Richard Barbour pass complete to 12-Alex Krueger to ROC 29 for 8 yards. Tackle by 25-William Guerrero. 12-Alex Krueger made a great move on the CB. PENALTY - Pass Interference (ODr 25-William Guerrero)</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-ROC 29 (3:46) 5-Richard Barbour pass Pass knocked down by 56-Benjamin Sayre. incomplete, intended for 18-Roy Kahle. ROC 53-Michael Griffin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>2-10-ROC 29 (3:41) 11-Jerry Kaplan ran to ROC 31 for 2 yards. Tackle by 99-Leon Daniels. 33-Timothy Hill missed that block completely. PENALTY - Offsides (ODr 91-Hubert Eaton)</t>
   </si>
   <si>
     <t>#68 Kenneth Galindo - C</t>
   </si>
   <si>
-    <t>#38 Ralph Paz - FS</t>
+    <t>#38 Ralph Paz - WLB</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-5-ROC 34 (3:39) 5-Richard Barbour pass complete to 18-Roy Kahle to ODr 49 for 17 yards. Tackle by 11-John Smith. 18-Roy Kahle made a great move on the CB.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-ODr 49 (2:58) 5-Richard Barbour sacked at ROC 41 for -10 yards (35-Darrick Beaulieu)</t>
   </si>
   <si>
     <t>#99 Odell Wynkoop - RDE</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
@@ -2184,101 +2184,101 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="358.484" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>