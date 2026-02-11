--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -359,51 +359,51 @@
   <si>
     <t>#7 Bryan Seefeldt - RB</t>
   </si>
   <si>
     <t>#44 Jon Wright - FB</t>
   </si>
   <si>
     <t>#86 Jason Lawrence - WR</t>
   </si>
   <si>
     <t>#59 Ryan Henderson - LT</t>
   </si>
   <si>
     <t>#75 Franklin Wallace - LG</t>
   </si>
   <si>
     <t>#60 William Mohn - C</t>
   </si>
   <si>
     <t>#69 Hung Hughs - RG</t>
   </si>
   <si>
     <t>#70 Richard Durr - RT</t>
   </si>
   <si>
-    <t>#60 Bill Minch - DT</t>
+    <t>#77 Bill Minch - DT</t>
   </si>
   <si>
     <t>#68 Michael White - DT</t>
   </si>
   <si>
     <t>#78 Curtis Prescott - DT</t>
   </si>
   <si>
     <t>#77 Robert Davis - RDE</t>
   </si>
   <si>
     <t>#95 Cole  Slaugh - MLB</t>
   </si>
   <si>
     <t>#40 Gerardo Montgomery - WLB</t>
   </si>
   <si>
     <t>#37 Robert Gilliam - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>DVD 49</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-ODr 49 (13:36) 10-Doug Rademacher pass Pass knocked down by 7-Frank Sherrod. incomplete, intended for 86-Jason Lawrence.</t>
   </si>
   <si>
     <t>#88 Nicholas Garrett - WR</t>
   </si>
   <si>
     <t>#56 Richard Young - MLB</t>
   </si>
   <si>
-    <t>#94 Robbie Farley - WLB</t>
+    <t>#98 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-ODr 49 (13:34) 10-Doug Rademacher pass complete to 86-Jason Lawrence to ROC 34 for 17 yards. Tackle by 7-Frank Sherrod.</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>ROC 34</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-ROC 34 (12:48) 10-Doug Rademacher pass complete to 87-Jon Wright to ROC 26 for 8 yards. Tackle by 65-Raymond Matthews.</t>
   </si>
   <si>
     <t>#20 Terry Velazquez - RB</t>
   </si>
@@ -1145,51 +1145,51 @@
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-10-ROC 21 (3:52) 5-Richard Barbour pass complete to 12-Alex Krueger to ROC 29 for 8 yards. Tackle by 25-William Guerrero. 12-Alex Krueger made a great move on the CB. PENALTY - Pass Interference (ODr 25-William Guerrero)</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-ROC 29 (3:46) 5-Richard Barbour pass Pass knocked down by 56-Benjamin Sayre. incomplete, intended for 18-Roy Kahle. ROC 53-Michael Griffin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>2-10-ROC 29 (3:41) 11-Jerry Kaplan ran to ROC 31 for 2 yards. Tackle by 99-Leon Daniels. 33-Timothy Hill missed that block completely. PENALTY - Offsides (ODr 91-Hubert Eaton)</t>
   </si>
   <si>
-    <t>#68 Kenneth Galindo - C</t>
+    <t>#79 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#38 Ralph Paz - WLB</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-5-ROC 34 (3:39) 5-Richard Barbour pass complete to 18-Roy Kahle to ODr 49 for 17 yards. Tackle by 11-John Smith. 18-Roy Kahle made a great move on the CB.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-ODr 49 (2:58) 5-Richard Barbour sacked at ROC 41 for -10 yards (35-Darrick Beaulieu)</t>
   </si>
   <si>
     <t>#99 Odell Wynkoop - RDE</t>
   </si>