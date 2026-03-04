--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -371,102 +371,102 @@
   <si>
     <t>#75 Franklin Wallace - LG</t>
   </si>
   <si>
     <t>#60 William Mohn - C</t>
   </si>
   <si>
     <t>#69 Hung Hughs - RG</t>
   </si>
   <si>
     <t>#70 Richard Durr - RT</t>
   </si>
   <si>
     <t>#77 Bill Minch - DT</t>
   </si>
   <si>
     <t>#68 Michael White - DT</t>
   </si>
   <si>
     <t>#78 Curtis Prescott - DT</t>
   </si>
   <si>
     <t>#77 Robert Davis - RDE</t>
   </si>
   <si>
-    <t>#95 Cole  Slaugh - MLB</t>
+    <t>#55 Cole  Slaugh - MLB</t>
   </si>
   <si>
     <t>#40 Gerardo Montgomery - WLB</t>
   </si>
   <si>
     <t>#37 Robert Gilliam - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#39 John Hallmark - SS</t>
   </si>
   <si>
     <t>#22 Steven Muniz - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Timeout ODr</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>DVD 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-ODr 38 (14:17) 10-Doug Rademacher pass complete to 16-James Williams to ODr 49 for 11 yards. Tackle by 37-Robert Gilliam.</t>
   </si>
   <si>
     <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#99 Skye  Passeren - LDE</t>
   </si>
   <si>
     <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
-    <t>#33 Charles Canchola - CB</t>
+    <t>#28 Charles Canchola - CB</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>DVD 49</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-ODr 49 (13:36) 10-Doug Rademacher pass Pass knocked down by 7-Frank Sherrod. incomplete, intended for 86-Jason Lawrence.</t>
   </si>
   <si>
     <t>#88 Nicholas Garrett - WR</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>#25 William Guerrero - RB</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>ROC 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-4-ROC 31 (9:17) 11-Jerry Kaplan ran to ROC 30 for -1 yards. Tackle by 91-Hubert Eaton.</t>
   </si>
   <si>
     <t>#18 Roy Kahle - WR</t>
   </si>
   <si>
     <t>#48 Scooter Springs - TE</t>
   </si>
   <si>
-    <t>#91 Hubert Eaton - RDE</t>
+    <t>#91 Hubert Eaton - MLB</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>ROC 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-ROC 30 (8:34) 13-Marcus Testa punts 52 yards to ODr 19. 19-Kenneth Barbosa to ODr 27 for 9 yards. Tackle by 7-Frank Sherrod.</t>
   </si>
   <si>
     <t>#1 Marcus Testa - P</t>
   </si>
   <si>
     <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
@@ -1145,75 +1145,75 @@
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-10-ROC 21 (3:52) 5-Richard Barbour pass complete to 12-Alex Krueger to ROC 29 for 8 yards. Tackle by 25-William Guerrero. 12-Alex Krueger made a great move on the CB. PENALTY - Pass Interference (ODr 25-William Guerrero)</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-ROC 29 (3:46) 5-Richard Barbour pass Pass knocked down by 56-Benjamin Sayre. incomplete, intended for 18-Roy Kahle. ROC 53-Michael Griffin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>2-10-ROC 29 (3:41) 11-Jerry Kaplan ran to ROC 31 for 2 yards. Tackle by 99-Leon Daniels. 33-Timothy Hill missed that block completely. PENALTY - Offsides (ODr 91-Hubert Eaton)</t>
   </si>
   <si>
-    <t>#79 Kenneth Galindo - C</t>
+    <t>#65 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#38 Ralph Paz - WLB</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-5-ROC 34 (3:39) 5-Richard Barbour pass complete to 18-Roy Kahle to ODr 49 for 17 yards. Tackle by 11-John Smith. 18-Roy Kahle made a great move on the CB.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-ODr 49 (2:58) 5-Richard Barbour sacked at ROC 41 for -10 yards (35-Darrick Beaulieu)</t>
   </si>
   <si>
-    <t>#99 Odell Wynkoop - RDE</t>
+    <t>#66 Odell Wynkoop - RDE</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>ROC 41</t>
   </si>
   <si>
     <t>2-20-ROC 41 (2:23) 2-Willie Droppett ran to ROC 47 for 6 yards. Tackle by 43-Bryan Jin.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-15-ROC 47 (2:00) 5-Richard Barbour pass complete to 80-Mason Jahr to ODr 49 for 4 yards. Tackle by 64-John Jones. 80-Mason Jahr made a great move on the CB.</t>
   </si>
   <si>
     <t>1:25</t>
   </si>