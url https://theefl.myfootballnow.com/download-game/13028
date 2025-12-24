--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -308,51 +308,51 @@
   <si>
     <t>#23 Paul Hodson - CB</t>
   </si>
   <si>
     <t>#49 Francis Williams - CB</t>
   </si>
   <si>
     <t>#31 Michael Reynosa - FS</t>
   </si>
   <si>
     <t>#53 George Mullis - WLB</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>#20 Fernando Maldonado - CB</t>
   </si>
   <si>
     <t>#29 Franklin Barlowe - CB</t>
   </si>
   <si>
     <t>#93 Micheal Carter - LDE</t>
   </si>
   <si>
-    <t>#52 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - WLB</t>
   </si>
   <si>
     <t>#91 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#16 Matthew Searle - K</t>
   </si>
   <si>
     <t>MFs</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MFs 25 (15:00) 28-William Duprey ran to MFs 29 for 4 yards. Tackle by 96-Carl Turner.</t>
   </si>
   <si>
     <t>#7 James Murray - QB</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#87 Walter Vogl - WR</t>
   </si>
   <si>
     <t>#48 Howard Goodwin - RB</t>
   </si>
   <si>
     <t>#66 Walter Lawson - LT</t>
   </si>
   <si>
     <t>#70 Kenny Jenkins - LG</t>
   </si>
   <si>
     <t>#69 John Burton - RG</t>
   </si>
   <si>
     <t>#77 Frederick English - RT</t>
   </si>
   <si>
     <t>#90 Lee Peebles - LDE</t>
   </si>
   <si>
     <t>#94 Robert Miles - DT</t>
   </si>
   <si>
-    <t>#74 Dana Lee - DT</t>
+    <t>#73 Dana Lee - DT</t>
   </si>
   <si>
     <t>#95 Thomas Cotten - RDE</t>
   </si>
   <si>
     <t>#57 Larry Miele - SLB</t>
   </si>
   <si>
     <t>#39 Anthony Wills - CB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-BRB 24 (13:30) 22-Nathan Baker ran to BRB 28 for 4 yards. Tackle by 22-Michael Reynosa.</t>
   </si>
   <si>
     <t>#22 Nathan Baker - RB</t>
   </si>
@@ -953,51 +953,51 @@
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>MFs 27</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-MFs 27 (12:53) 28-William Duprey ran to MFs 36 for 9 yards. 28-William Duprey FUMBLES (21-Mark Sae) recovered by MFs-64-Ken Trammell at MFs 34. Tackle by 58-Alan Murphy.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>MFs 34</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>2-3-MFs 34 (12:16) 7-James Murray pass complete to 86-Herbert Creech to MFs 38 for 5 yards. Tackle by 50-Dale Rivas.</t>
   </si>
   <si>
-    <t>#95 Dale Rivas - MLB</t>
+    <t>#52 Dale Rivas - MLB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MFs 38</t>
   </si>
   <si>
     <t>1-10-MFs 38 (11:32) 34-Wendell Cobb ran to MFs 49 for 11 yards. Tackle by 21-Mark Sae.</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>MFs 49</t>
   </si>
   <si>
     <t>1-10-MFs 49 (10:47) 28-William Duprey ran to BRB 43 for 8 yards. Tackle by 34-Charles Adams. 13-Doug Brown was completely beat on that play.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>BRB 43</t>
   </si>
@@ -1505,51 +1505,51 @@
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>2-10-BRB 25 (4:42) 9-Charles Collins pass Pass knocked down by 53-George Mullis. incomplete, intended for 87-Walter Vogl. Pressure by 95-Thomas Cotten.</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>3-10-BRB 25 (4:38) 9-Charles Collins pass complete to 46-Oscar Dixon to BRB 28 for 3 yards. Tackle by 39-Anthony Wills.</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>4-7-BRB 28 (3:52) 19-Terry Jones punts 53 yards to MFs 19.</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>1-10-MFs 19 (3:42) 28-William Duprey ran to MFs 20 for 1 yards. 28-William Duprey FUMBLES (97-Gerald Whisler) recovered by MFs-21-Darrell Rees to MFs 23 for 1 yards. Tackle by 97-Gerald Whisler.</t>
   </si>
   <si>
-    <t>#7 Deandre Robertson - WLB</t>
+    <t>#54 Deandre Robertson - WLB</t>
   </si>
   <si>
     <t>2-6-MFs 23 (3:02) 34-Wendell Cobb ran to MFs 40 for 17 yards. Tackle by 21-Mark Sae.</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>MFs 40</t>
   </si>
   <si>
     <t>1-10-MFs 40 (2:22) 7-James Murray pass complete to 83-Travis Cox to MFs 43 for 3 yards. Tackle by 13-Timothy Larimore. 83-Travis Cox did some fancy footwork there. PENALTY - Pass Interference (BRB 13-Timothy Larimore)</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>MFs 45</t>
   </si>
   <si>
     <t>1-10-MFs 45 (2:19) 41-Paul Chatman ran to BRB 50 for 5 yards. Tackle by 96-Carl Turner.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
@@ -2250,51 +2250,51 @@
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>