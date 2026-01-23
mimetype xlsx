--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -1292,51 +1292,51 @@
   <si>
     <t>2-8-MFs 21 (12:40) 9-Charles Collins pass Pass knocked down by 39-Anthony Wills. incomplete, intended for 46-Oscar Dixon.</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-8-MFs 21 (12:38) 22-Nathan Baker ran to MFs 21 for a short gain. 22-Nathan Baker FUMBLES (90-Lee Peebles) recovered by BRB-29-Joseph Moore at MFs 19. Tackle by 57-Larry Miele.</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>MFs 19</t>
   </si>
   <si>
     <t>4-6-MFs 19 (11:53) 4-Matthew Searle 37 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#6 Daniel Haubrich - QB</t>
   </si>
   <si>
-    <t>#96 Cesar Rodiguez - RDE</t>
+    <t>#67 Cesar Rodiguez - RDE</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>MFs 26</t>
   </si>
   <si>
     <t>1-10-MFs 26 (11:50) 7-James Murray pass complete to 28-William Duprey to MFs 40 for 13 yards. Tackle by 21-Mark Sae. PENALTY - Holding (MFs 63-John Sanders)</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>MFs 16</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-20-MFs 16 (11:45) 7-James Murray pass Pass knocked down by 34-Charles Adams. incomplete, intended for 13-Doug Brown.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>