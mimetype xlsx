--- v2 (2026-01-23)
+++ v3 (2026-03-25)
@@ -305,57 +305,57 @@
   <si>
     <t>#32 Charley Slick - RB</t>
   </si>
   <si>
     <t>#23 Paul Hodson - CB</t>
   </si>
   <si>
     <t>#49 Francis Williams - CB</t>
   </si>
   <si>
     <t>#31 Michael Reynosa - FS</t>
   </si>
   <si>
     <t>#53 George Mullis - WLB</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>#20 Fernando Maldonado - CB</t>
   </si>
   <si>
     <t>#29 Franklin Barlowe - CB</t>
   </si>
   <si>
-    <t>#93 Micheal Carter - LDE</t>
-[...5 lines deleted...]
-    <t>#91 Robert Thibodaux - RDE</t>
+    <t>#60 Micheal Carter - LDE</t>
+  </si>
+  <si>
+    <t>#91 Ezekiel Easley - SLB</t>
+  </si>
+  <si>
+    <t>#73 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#16 Matthew Searle - K</t>
   </si>
   <si>
     <t>MFs</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MFs 25 (15:00) 28-William Duprey ran to MFs 29 for 4 yards. Tackle by 96-Carl Turner.</t>
   </si>
   <si>
     <t>#7 James Murray - QB</t>
   </si>
   <si>
     <t>#28 William Duprey - RB</t>
   </si>
@@ -470,105 +470,105 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-MFs 32 (13:41) 2-Ernesto Garcia punts 44 yards to BRB 24. Fair Catch by 88-Andrew Barnwell.</t>
   </si>
   <si>
     <t>#2 Ernesto Garcia - P</t>
   </si>
   <si>
     <t>#88 Andrew Barnwell - WR</t>
   </si>
   <si>
     <t>#94 Robert Singer - LDE</t>
   </si>
   <si>
     <t>#64 Luis Johnson - C</t>
   </si>
   <si>
     <t>#60 Jody Perez - C</t>
   </si>
   <si>
-    <t>#71 Delbert Grady - RT</t>
+    <t>#76 Delbert Grady - RT</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
-    <t>#80 Nathan Solomon - TE</t>
+    <t>#88 Nathan Solomon - TE</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>BRB 24</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BRB 24 (13:34) 9-Charles Collins pass Pass knocked down by 26-Matthew Wood. incomplete, intended for 48-Howard Goodwin.</t>
   </si>
   <si>
     <t>#9 Charles Collins - QB</t>
   </si>
   <si>
     <t>#80 Mark Mousseau - TE</t>
   </si>
   <si>
     <t>#46 Oscar Dixon - WR</t>
   </si>
   <si>
     <t>#87 Walter Vogl - WR</t>
   </si>
   <si>
     <t>#48 Howard Goodwin - RB</t>
   </si>
   <si>
     <t>#66 Walter Lawson - LT</t>
   </si>
   <si>
     <t>#70 Kenny Jenkins - LG</t>
   </si>
   <si>
     <t>#69 John Burton - RG</t>
   </si>
   <si>
     <t>#77 Frederick English - RT</t>
   </si>
   <si>
     <t>#90 Lee Peebles - LDE</t>
   </si>
   <si>
-    <t>#94 Robert Miles - DT</t>
+    <t>#64 Robert Miles - DT</t>
   </si>
   <si>
     <t>#73 Dana Lee - DT</t>
   </si>
   <si>
     <t>#95 Thomas Cotten - RDE</t>
   </si>
   <si>
     <t>#57 Larry Miele - SLB</t>
   </si>
   <si>
     <t>#39 Anthony Wills - CB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-BRB 24 (13:30) 22-Nathan Baker ran to BRB 28 for 4 yards. Tackle by 22-Michael Reynosa.</t>
   </si>
@@ -1328,51 +1328,51 @@
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>MFs 16</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-20-MFs 16 (11:45) 7-James Murray pass Pass knocked down by 34-Charles Adams. incomplete, intended for 13-Doug Brown.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>2-20-MFs 16 (11:42) 7-James Murray pass complete to 88-Keith Torres to MFs 17 for 1 yards. Tackle by 34-Charles Adams. Nice job by 88-Keith Torres on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#3 Edward Teach - WR</t>
+    <t>#17 Edward Teach - WR</t>
   </si>
   <si>
     <t>#28 Jamel King - FS</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>Quarter Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-19-MFs 17 (11:03) 7-James Murray pass incomplete, dropped by 88-Keith Torres.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>4-19-MFs 17 (11:01) 2-Ernesto Garcia punts 49 yards to BRB 34. Fair Catch by 88-Andrew Barnwell.</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>BRB 34</t>
   </si>