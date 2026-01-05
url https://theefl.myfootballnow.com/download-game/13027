--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -293,51 +293,51 @@
   <si>
     <t>STL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Richard Hua kicks 74 yards from STL 35 to BBF -9. Touchback.</t>
   </si>
   <si>
     <t>#26 Numbers Robinson - RB</t>
   </si>
   <si>
     <t>#93 Lee Clark - WLB</t>
   </si>
   <si>
     <t>#95 Jeffrey Briscoe - DT</t>
   </si>
   <si>
     <t>#21 Charles Cutler - CB</t>
   </si>
   <si>
-    <t>#94 Michael Lewis - MLB</t>
+    <t>#94 Michael Lewis - WLB</t>
   </si>
   <si>
     <t>#59 Sean West - RDE</t>
   </si>
   <si>
     <t>#79 Scott Andrews - DT</t>
   </si>
   <si>
     <t>#61 Brain Jones - RDE</t>
   </si>
   <si>
     <t>#96 Harold Lord - SLB</t>
   </si>
   <si>
     <t>#90 James Davis - WLB</t>
   </si>
   <si>
     <t>#57 Charles Pool - LDE</t>
   </si>
   <si>
     <t>#2 Richard Hua - K</t>
   </si>
   <si>
     <t>BBF</t>
   </si>
@@ -377,57 +377,57 @@
   <si>
     <t>#77 Philip Lee - LG</t>
   </si>
   <si>
     <t>#67 Alfonso Smith - C</t>
   </si>
   <si>
     <t>#51 Shawn Ramires - RG</t>
   </si>
   <si>
     <t>#54 Guillermo Smith - RT</t>
   </si>
   <si>
     <t>#19 Joseph Louque - LDE</t>
   </si>
   <si>
     <t>#62 Leo Sanchez - DT</t>
   </si>
   <si>
     <t>#52 Scott Williams - DT</t>
   </si>
   <si>
     <t>#53 David Myers - RDE</t>
   </si>
   <si>
-    <t>#55 Charlie Clark - MLB</t>
+    <t>#90 Charlie Clark - MLB</t>
   </si>
   <si>
     <t>#56 John Williams - MLB</t>
   </si>
   <si>
-    <t>#49 Russell Frahm - CB</t>
+    <t>#23 Russell Frahm - CB</t>
   </si>
   <si>
     <t>#21 Neal Weekes - CB</t>
   </si>
   <si>
     <t>#20 Dennis Barnes - CB</t>
   </si>
   <si>
     <t>#43 James Daniels - SS</t>
   </si>
   <si>
     <t>#34 Roger Honaker - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-BBF 25 (14:58) 38-Mario Alcott ran to BBF 36 for 11 yards. Tackle by 43-James Daniels.</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>3-7-STL 15 (9:54) PENALTY - False Start (BBF 7-Allan Bruner)</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>STL 20</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Deep Out</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-12-STL 20 (9:54) 7-Allan Bruner sacked at STL 31 for -11 yards (94-Leo Sanchez). Sack allowed by 51-Shawn Ramires.</t>
   </si>
   <si>
-    <t>#89 Larry Thomas - WR</t>
+    <t>#83 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#48 Kelvin Hodson - CB</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>STL 31</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-23-STL 31 (9:12) 16-James Latham 48 yard field goal is GOOD. BBF 3 STL 0</t>
   </si>
   <si>
     <t>#7 William Ma - QB</t>
   </si>
   <si>
     <t>#71 Ricardo Perez - C</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>#77 Herman Snyder - LT</t>
   </si>
   <si>
     <t>#26 Douglas Camacho - FB</t>
   </si>
   <si>
     <t>#99 Richard Zellers - MLB</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>BBF 13</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-BBF 13 (7:08) 7-Allan Bruner pass Pass knocked down by 28-Kenneth Loyd. incomplete, intended for 87-Mike Estrada. 43-James Daniels got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#57 Aaron Lewis - WLB</t>
+    <t>#95 Aaron Lewis - WLB</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-BBF 13 (7:06) 38-Mario Alcott ran to BBF 34 for 21 yards. Tackle by 34-Roger Honaker.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>BBF 34</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-BBF 34 (6:30) 7-Allan Bruner pass incomplete, intended for 87-Mike Estrada. BBF 77-Philip Lee was injured on the play. He looks like he should be able to return.</t>
   </si>