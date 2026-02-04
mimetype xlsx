--- v1 (2026-01-05)
+++ v2 (2026-02-04)
@@ -368,54 +368,54 @@
   <si>
     <t>#16 Joe Weaver - WR</t>
   </si>
   <si>
     <t>#13 Thomas Rudd - WR</t>
   </si>
   <si>
     <t>#68 Darell Bush - LG</t>
   </si>
   <si>
     <t>#77 Philip Lee - LG</t>
   </si>
   <si>
     <t>#67 Alfonso Smith - C</t>
   </si>
   <si>
     <t>#51 Shawn Ramires - RG</t>
   </si>
   <si>
     <t>#54 Guillermo Smith - RT</t>
   </si>
   <si>
     <t>#19 Joseph Louque - LDE</t>
   </si>
   <si>
-    <t>#62 Leo Sanchez - DT</t>
-[...2 lines deleted...]
-    <t>#52 Scott Williams - DT</t>
+    <t>#77 Leo Sanchez - LDE</t>
+  </si>
+  <si>
+    <t>#52 Scott Williams - RDE</t>
   </si>
   <si>
     <t>#53 David Myers - RDE</t>
   </si>
   <si>
     <t>#90 Charlie Clark - MLB</t>
   </si>
   <si>
     <t>#56 John Williams - MLB</t>
   </si>
   <si>
     <t>#23 Russell Frahm - CB</t>
   </si>
   <si>
     <t>#21 Neal Weekes - CB</t>
   </si>
   <si>
     <t>#20 Dennis Barnes - CB</t>
   </si>
   <si>
     <t>#43 James Daniels - SS</t>
   </si>
   <si>
     <t>#34 Roger Honaker - FS</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BBF 36 (14:21) 38-Mario Alcott ran to BBF 46 for 10 yards. Tackle by 43-James Daniels.</t>
   </si>
   <si>
     <t>#84 Patrick Finley - TE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>BBF 46</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BBF 46 (13:43) 26-Numbers Robinson ran to STL 45 for 8 yards. Tackle by 50-John Franklin.</t>
   </si>
   <si>
-    <t>#50 John Franklin - SLB</t>
+    <t>#95 John Franklin - DT</t>
   </si>
   <si>
     <t>#28 Kenneth Loyd - FS</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>STL 45</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-2-STL 45 (13:04) 26-Numbers Robinson ran to STL 34 for 12 yards. Tackle by 34-Roger Honaker.</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>STL 34</t>
   </si>
@@ -617,69 +617,69 @@
   <si>
     <t>(9:08) 16-James Latham kicks 68 yards from BBF 35 to STL -3. Touchback.</t>
   </si>
   <si>
     <t>#85 Joe Phillips - WR</t>
   </si>
   <si>
     <t>STL 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-STL 25 (9:08) 1-David Drew pass complete to 83-William Lorenzo to BBF 49 for 26 yards. Tackle by 41-Christopher Clever. 83-William Lorenzo did some fancy footwork there.</t>
   </si>
   <si>
     <t>#4 David Drew - QB</t>
   </si>
   <si>
     <t>#35 Joseph Stewart - RB</t>
   </si>
   <si>
-    <t>#31 Matthew Wade - FB</t>
+    <t>#31 Matthew Wade - RB</t>
   </si>
   <si>
     <t>#83 William Lorenzo - TE</t>
   </si>
   <si>
     <t>#87 Marcus Light - WR</t>
   </si>
   <si>
     <t>#77 Alvin Connelly - LT</t>
   </si>
   <si>
     <t>#71 Milford Higdon - LG</t>
   </si>
   <si>
-    <t>#69 Joseph Lemond - C</t>
-[...2 lines deleted...]
-    <t>#67 Darwin Williams - RG</t>
+    <t>#66 Joseph Lemond - RG</t>
+  </si>
+  <si>
+    <t>#70 Darwin Williams - C</t>
   </si>
   <si>
     <t>#71 Eric Beck - RT</t>
   </si>
   <si>
     <t>#90 Ernesto Rodriguez - LDE</t>
   </si>
   <si>
     <t>#97 Jerry Green - DT</t>
   </si>
   <si>
     <t>#62 Vincent Luce - DT</t>
   </si>
   <si>
     <t>#58 Frank Milbrandt - MLB</t>
   </si>
   <si>
     <t>#44 Vincent Davis - CB</t>
   </si>
   <si>
     <t>#28 Billy Oneal - CB</t>
   </si>
   <si>
     <t>#39 Val Roberts - SS</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>STL 42</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>2-19-STL 42 (7:54) 1-David Drew pass complete to 83-William Lorenzo to STL 45 for 3 yards. Tackle by 41-Christopher Clever. Nice job by 83-William Lorenzo on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#86 Anthony Cartwright - TE</t>
   </si>
   <si>
     <t>7:21</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>3-16-STL 45 (7:20) 1-David Drew pass Pass knocked down by 28-Billy Oneal. incomplete, intended for 36-Timothy Heimann.</t>
   </si>
   <si>
-    <t>#36 Timothy Heimann - RB</t>
+    <t>#42 Timothy Heimann - FB</t>
   </si>
   <si>
     <t>#81 John Hutchinson - WR</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-STL 45 (7:17) 7-Jacob Miller punts 48 yards to BBF 6. 26-Numbers Robinson to BBF 13 for 7 yards. Tackle by 34-Roger Honaker.</t>
   </si>
   <si>
     <t>#7 Jacob Miller - P</t>
   </si>
   <si>
     <t>#77 Herman Snyder - LT</t>
   </si>
   <si>
     <t>#26 Douglas Camacho - FB</t>
   </si>
@@ -2338,57 +2338,57 @@
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>