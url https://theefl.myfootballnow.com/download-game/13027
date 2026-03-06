--- v2 (2026-02-04)
+++ v3 (2026-03-06)
@@ -365,57 +365,57 @@
   <si>
     <t>#88 Kirby Townsend - WR</t>
   </si>
   <si>
     <t>#16 Joe Weaver - WR</t>
   </si>
   <si>
     <t>#13 Thomas Rudd - WR</t>
   </si>
   <si>
     <t>#68 Darell Bush - LG</t>
   </si>
   <si>
     <t>#77 Philip Lee - LG</t>
   </si>
   <si>
     <t>#67 Alfonso Smith - C</t>
   </si>
   <si>
     <t>#51 Shawn Ramires - RG</t>
   </si>
   <si>
     <t>#54 Guillermo Smith - RT</t>
   </si>
   <si>
-    <t>#19 Joseph Louque - LDE</t>
+    <t>#79 Joseph Louque - LDE</t>
   </si>
   <si>
     <t>#77 Leo Sanchez - LDE</t>
   </si>
   <si>
-    <t>#52 Scott Williams - RDE</t>
+    <t>#52 Scott Williams - DT</t>
   </si>
   <si>
     <t>#53 David Myers - RDE</t>
   </si>
   <si>
     <t>#90 Charlie Clark - MLB</t>
   </si>
   <si>
     <t>#56 John Williams - MLB</t>
   </si>
   <si>
     <t>#23 Russell Frahm - CB</t>
   </si>
   <si>
     <t>#21 Neal Weekes - CB</t>
   </si>
   <si>
     <t>#20 Dennis Barnes - CB</t>
   </si>
   <si>
     <t>#43 James Daniels - SS</t>
   </si>
   <si>
     <t>#34 Roger Honaker - FS</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BBF 36 (14:21) 38-Mario Alcott ran to BBF 46 for 10 yards. Tackle by 43-James Daniels.</t>
   </si>
   <si>
     <t>#84 Patrick Finley - TE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>BBF 46</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BBF 46 (13:43) 26-Numbers Robinson ran to STL 45 for 8 yards. Tackle by 50-John Franklin.</t>
   </si>
   <si>
-    <t>#95 John Franklin - DT</t>
+    <t>#95 John Franklin - RDE</t>
   </si>
   <si>
     <t>#28 Kenneth Loyd - FS</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>STL 45</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-2-STL 45 (13:04) 26-Numbers Robinson ran to STL 34 for 12 yards. Tackle by 34-Roger Honaker.</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>STL 34</t>
   </si>
@@ -2343,52 +2343,52 @@
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>