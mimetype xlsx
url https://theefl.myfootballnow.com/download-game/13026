--- v0 (2025-10-25)
+++ v1 (2025-12-07)
@@ -533,51 +533,51 @@
   <si>
     <t>BLJ 33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-BLJ 33 (9:10) 1-Robert Perez 51 yard field goal is GOOD. MTL 3 BLJ 0</t>
   </si>
   <si>
     <t>#2 Daniel Bourgault - QB</t>
   </si>
   <si>
     <t>#1 Robert Perez - K</t>
   </si>
   <si>
     <t>#58 Richard Jones - LT</t>
   </si>
   <si>
     <t>#84 William Golightly - TE</t>
   </si>
   <si>
-    <t>#97 Carl Scott - WLB</t>
+    <t>#92 Carl Scott - WLB</t>
   </si>
   <si>
     <t>#66 Werner Hoyt - LDE</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>MTL 35</t>
   </si>
   <si>
     <t>(9:07) 1-Robert Perez kicks 75 yards from MTL 35 to BLJ -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Noel Brixey - RB</t>
   </si>
   <si>
     <t>#20 Gus Buchanan - CB</t>
   </si>
   <si>
     <t>#29 Steven Riter - CB</t>
   </si>
   <si>
     <t>BLJ 25</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>#81 Paul Verduzco - WR</t>
   </si>
   <si>
     <t>#12 Julian Dorey - WR</t>
   </si>
   <si>
     <t>#52 Walter Lewis - LT</t>
   </si>
   <si>
     <t>#76 Paul Alameda - LG</t>
   </si>
   <si>
     <t>#61 Duncan Laroche - C</t>
   </si>
   <si>
     <t>#75 William Weber - RG</t>
   </si>
   <si>
     <t>#79 Hipolito Cancel - RT</t>
   </si>
   <si>
     <t>#57 James Barnes - DT</t>
   </si>
   <si>
-    <t>#50 Thomas Roach - RDE</t>
+    <t>#91 Thomas Roach - RDE</t>
   </si>
   <si>
     <t>#52 Harry McDaniel - SLB</t>
   </si>
   <si>
     <t>#36 Christopher Cervantes - CB</t>
   </si>
   <si>
     <t>#25 David Finn - CB</t>
   </si>
   <si>
     <t>#45 Alan Eley - FS</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-2-BLJ 33 (8:22) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to MTL 42 for 24 yards. Tackle by 34-Pierre Carter.</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t>4-4-BLJ 37 (0:11) 8-Richard Hunt punts 48 yards to MTL 15. 87-Adam Kenney to MTL 25 for 10 yards. 87-Adam Kenney FUMBLES (72-Hector Astorga) recovered by BLJ-51-Eric Hackett at MTL 23. 51-Eric Hackett FUMBLES (51-Chester Pratt) recovered by MTL-51-Chester Pratt at MTL 21. Tackle by 41-Joshua Miller. BLJ 52-Walter Lewis was injured on the play. He looks like he should be able to return. MTL 52-Harry McDaniel was injured on the play. He looks like he should be able to return. PENALTY - Offsides (MTL 52-Harry McDaniel)</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>BLJ 42</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>1-10-BLJ 42 (15:00) 28-Noel Brixey ran to BLJ 43 for 1 yards. Tackle by 98-David Sanders.</t>
   </si>
   <si>
     <t>#63 Edmundo Wright - RG</t>
   </si>
   <si>
-    <t>#74 Alvin Tucker - LDE</t>
+    <t>#65 Alvin Tucker - LDE</t>
   </si>
   <si>
     <t>#98 David Sanders - WLB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>BLJ 43</t>
   </si>
   <si>
     <t>2-9-BLJ 43 (14:25) 28-Noel Brixey ran to BLJ 42 for -1 yards. Tackle by 57-James Barnes.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-10-BLJ 42 (13:39) 3-Rickey Lorusso pass incomplete, dropped by 81-Paul Verduzco. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>