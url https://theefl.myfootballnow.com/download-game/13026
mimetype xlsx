--- v1 (2025-12-07)
+++ v2 (2025-12-28)
@@ -266,54 +266,54 @@
   <si>
     <t>ST Rusher10</t>
   </si>
   <si>
     <t>ST Rusher9</t>
   </si>
   <si>
     <t>ST Rusher6</t>
   </si>
   <si>
     <t>ST Rusher5</t>
   </si>
   <si>
     <t>ST Rusher7</t>
   </si>
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MTL has won the toss and elected to receive.</t>
   </si>
   <si>
-    <t>BLJ</t>
-[...2 lines deleted...]
-    <t>BLJ 35</t>
+    <t>APK</t>
+  </si>
+  <si>
+    <t>APK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Albert Whittington kicks 65 yards from BLJ 35 to MTL 0. Touchback.</t>
   </si>
   <si>
     <t>#88 Wayne Whitson - RB</t>
   </si>
   <si>
     <t>#93 Darius Dick - MLB</t>
   </si>
   <si>
     <t>#51 Chester Pratt - MLB</t>
   </si>
   <si>
     <t>#30 Earl Delacruz - FB</t>
   </si>
   <si>
     <t>#68 Ramon Orozco - DT</t>
   </si>
@@ -350,51 +350,51 @@
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MTL 25 (15:00) 32-David Leonard ran to MTL 25 for a short gain. Tackle by 70-Roger Brooks. MTL 89-Vernon Duke was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 Norris Gorman - QB</t>
   </si>
   <si>
     <t>#32 David Leonard - RB</t>
   </si>
   <si>
     <t>#47 Donovan Smith - TE</t>
   </si>
   <si>
     <t>#87 Adam Kenney - WR</t>
   </si>
   <si>
     <t>#35 Robert Washington - FB</t>
   </si>
   <si>
     <t>#62 Timothy Nelson - LT</t>
   </si>
   <si>
-    <t>#79 Nicholas Moore - LG</t>
+    <t>#60 Nicholas Moore - LG</t>
   </si>
   <si>
     <t>#65 Vernon Duke - C</t>
   </si>
   <si>
     <t>#70 Greg Williams - RG</t>
   </si>
   <si>
     <t>#65 Jeffery Woods - RT</t>
   </si>
   <si>
     <t>#74 Daniel Ledezma - LDE</t>
   </si>
   <si>
     <t>#62 John States - DT</t>
   </si>
   <si>
     <t>#98 Charlie Williams - DT</t>
   </si>
   <si>
     <t>#70 Roger Brooks - RDE</t>
   </si>
   <si>
     <t>#51 Eric Hackett - MLB</t>
   </si>
@@ -434,174 +434,174 @@
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-10-MTL 25 (13:40) 32-David Leonard ran to MTL 40 for 15 yards. Tackle by 26-Bernard Lundquist.</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>MTL 40</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>1-10-MTL 40 (13:05) 30-Earl Delacruz ran to BLJ 49 for 11 yards. Tackle by 30-Tony Ellwood.</t>
   </si>
   <si>
     <t>#98 Gary Dupuy - SLB</t>
   </si>
   <si>
-    <t>#53 Sebastian Moser - MLB</t>
+    <t>#37 Sebastian Moser - FS</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
-    <t>BLJ 49</t>
+    <t>APK 49</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-BLJ 49 (12:26) 30-Earl Delacruz ran to BLJ 48 for 1 yards. Tackle by 57-Ray Pearson.</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
-    <t>BLJ 48</t>
+    <t>APK 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-9-BLJ 48 (11:46) 32-David Leonard ran to BLJ 37 for 11 yards. Tackle by 26-Bernard Lundquist.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
-    <t>BLJ 37</t>
+    <t>APK 37</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BLJ 37 (11:04) 30-Earl Delacruz ran to BLJ 34 for 3 yards. Tackle by 62-John States.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
-    <t>BLJ 34</t>
+    <t>APK 34</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-7-BLJ 34 (10:27) 42-Brett Williams ran to BLJ 34 for a short loss. Tackle by 27-Chad Green.</t>
   </si>
   <si>
     <t>#42 Brett Williams - RB</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>3-7-BLJ 34 (9:45) 32-David Leonard ran to BLJ 33 for 1 yards. Tackle by 26-Bernard Lundquist.</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
-    <t>BLJ 33</t>
+    <t>APK 33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-BLJ 33 (9:10) 1-Robert Perez 51 yard field goal is GOOD. MTL 3 BLJ 0</t>
   </si>
   <si>
     <t>#2 Daniel Bourgault - QB</t>
   </si>
   <si>
     <t>#1 Robert Perez - K</t>
   </si>
   <si>
     <t>#58 Richard Jones - LT</t>
   </si>
   <si>
     <t>#84 William Golightly - TE</t>
   </si>
   <si>
     <t>#92 Carl Scott - WLB</t>
   </si>
   <si>
     <t>#66 Werner Hoyt - LDE</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>MTL 35</t>
   </si>
   <si>
     <t>(9:07) 1-Robert Perez kicks 75 yards from MTL 35 to BLJ -10. Touchback.</t>
   </si>
   <si>
-    <t>#28 Noel Brixey - RB</t>
+    <t>#28 Noel Brixey - WR</t>
   </si>
   <si>
     <t>#20 Gus Buchanan - CB</t>
   </si>
   <si>
     <t>#29 Steven Riter - CB</t>
   </si>
   <si>
-    <t>BLJ 25</t>
+    <t>APK 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-BLJ 25 (9:07) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to BLJ 33 for 8 yards. Tackle by 34-Pierre Carter.</t>
   </si>
   <si>
     <t>#3 Rickey Lorusso - QB</t>
   </si>
   <si>
     <t>#31 Ralph West - FB</t>
   </si>
   <si>
     <t>#80 Theodore Whitten - WR</t>
   </si>
   <si>
     <t>#81 Paul Verduzco - WR</t>
   </si>
   <si>
     <t>#12 Julian Dorey - WR</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#61 Duncan Laroche - C</t>
   </si>
   <si>
     <t>#75 William Weber - RG</t>
   </si>
   <si>
     <t>#79 Hipolito Cancel - RT</t>
   </si>
   <si>
     <t>#57 James Barnes - DT</t>
   </si>
   <si>
     <t>#91 Thomas Roach - RDE</t>
   </si>
   <si>
     <t>#52 Harry McDaniel - SLB</t>
   </si>
   <si>
     <t>#36 Christopher Cervantes - CB</t>
   </si>
   <si>
     <t>#25 David Finn - CB</t>
   </si>
   <si>
-    <t>#45 Alan Eley - FS</t>
+    <t>#45 Alan Eley - SS</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-2-BLJ 33 (8:22) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to MTL 42 for 24 yards. Tackle by 34-Pierre Carter.</t>
   </si>
   <si>
     <t>#83 William Loop - TE</t>
   </si>
   <si>
     <t>#96 Brian Blankenship - DT</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>MTL 42</t>
   </si>
@@ -734,54 +734,54 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-5-MTL 26 (5:04) 3-Rickey Lorusso pass complete to 83-William Loop to MTL 24 for 3 yards. Tackle by 34-Pierre Carter.</t>
   </si>
   <si>
     <t>#41 Joshua Miller - FB</t>
   </si>
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>MTL 24</t>
   </si>
   <si>
     <t>4-2-MTL 24 (4:23) 17-Albert Whittington 41 yard field goal is GOOD. MTL 3 BLJ 3</t>
   </si>
   <si>
     <t>#8 Richard Hunt - P</t>
   </si>
   <si>
-    <t>#72 Hector Astorga - LT</t>
-[...2 lines deleted...]
-    <t>#69 Robert Monroe - LG</t>
+    <t>#72 Hector Astorga - RT</t>
+  </si>
+  <si>
+    <t>#66 Robert Monroe - LG</t>
   </si>
   <si>
     <t>4:18</t>
   </si>
   <si>
     <t>(4:19) 17-Albert Whittington kicks 71 yards from BLJ 35 to MTL -6. 88-Wayne Whitson to MTL 17 for 23 yards. Tackle by 30-Tony Ellwood.</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>MTL 17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-MTL 17 (4:16) PENALTY - False Start (MTL 42-Brett Williams)</t>
   </si>
   <si>
     <t>MTL 12</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
@@ -806,120 +806,120 @@
   <si>
     <t>3-7-MTL 20 (2:48) 30-Earl Delacruz ran to MTL 19 for -1 yards. Tackle by 70-Roger Brooks.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>MTL 19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-MTL 19 (2:14) 3-Mike Taylor punts 50 yards to BLJ 31. Fair Catch by 28-Noel Brixey.</t>
   </si>
   <si>
     <t>#3 Mike Taylor - P</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
-    <t>BLJ 31</t>
+    <t>APK 31</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-BLJ 31 (2:07) 3-Rickey Lorusso sacked at BLJ 22 for -9 yards (25-David Finn)</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
-    <t>BLJ 22</t>
+    <t>APK 22</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-19-BLJ 22 (1:33) 28-Noel Brixey ran to BLJ 35 for 13 yards. Tackle by 29-Archie Kimbrell.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-6-BLJ 35 (0:46) 3-Rickey Lorusso pass complete to 31-Ralph West to BLJ 37 for 2 yards. Tackle by 34-Pierre Carter.</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>4-4-BLJ 37 (0:11) 8-Richard Hunt punts 48 yards to MTL 15. 87-Adam Kenney to MTL 25 for 10 yards. 87-Adam Kenney FUMBLES (72-Hector Astorga) recovered by BLJ-51-Eric Hackett at MTL 23. 51-Eric Hackett FUMBLES (51-Chester Pratt) recovered by MTL-51-Chester Pratt at MTL 21. Tackle by 41-Joshua Miller. BLJ 52-Walter Lewis was injured on the play. He looks like he should be able to return. MTL 52-Harry McDaniel was injured on the play. He looks like he should be able to return. PENALTY - Offsides (MTL 52-Harry McDaniel)</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
-    <t>BLJ 42</t>
+    <t>APK 42</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>1-10-BLJ 42 (15:00) 28-Noel Brixey ran to BLJ 43 for 1 yards. Tackle by 98-David Sanders.</t>
   </si>
   <si>
     <t>#63 Edmundo Wright - RG</t>
   </si>
   <si>
     <t>#65 Alvin Tucker - LDE</t>
   </si>
   <si>
-    <t>#98 David Sanders - WLB</t>
+    <t>#56 David Sanders - MLB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
-    <t>BLJ 43</t>
+    <t>APK 43</t>
   </si>
   <si>
     <t>2-9-BLJ 43 (14:25) 28-Noel Brixey ran to BLJ 42 for -1 yards. Tackle by 57-James Barnes.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-10-BLJ 42 (13:39) 3-Rickey Lorusso pass incomplete, dropped by 81-Paul Verduzco. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>4-10-BLJ 42 (13:36) 8-Richard Hunt punts 50 yards to MTL 8. 87-Adam Kenney to MTL 15 for 7 yards. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>MTL 15</t>
   </si>
@@ -953,63 +953,63 @@
   <si>
     <t>3-20-MTL 6 (12:43) 17-Norris Gorman sacked at MTL -2 for -8 yards (70-Roger Brooks). Sack allowed by 62-Timothy Nelson. SAFETY! (70-Roger Brooks) 62-Timothy Nelson was completely beat on that play. BLJ 62-John States was injured on the play. He looks like he should be able to return. MTL 3 BLJ 5</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>(12:40) 1-Robert Perez kicks 61 yards from MTL 20 to BLJ 19. 28-Noel Brixey to BLJ 34 for 15 yards. Tackle by 40-George Jones.</t>
   </si>
   <si>
     <t>#59 John Smith - RDE</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-BLJ 34 (12:38) 4-Jimmy Baer ran to BLJ 41 for 6 yards. Tackle by 34-Pierre Carter.</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
-    <t>BLJ 41</t>
+    <t>APK 41</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-4-BLJ 41 (11:55) 3-Rickey Lorusso pass complete to 31-Ralph West to BLJ 45 for 4 yards. Tackle by 34-Pierre Carter.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
-    <t>BLJ 45</t>
+    <t>APK 45</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
   <si>
     <t>4-3 Under Inside LB Blitz</t>
   </si>
   <si>
     <t>1-10-BLJ 45 (11:15) 3-Rickey Lorusso pass complete to 28-Noel Brixey to MTL 44 for 11 yards. Tackle by 95-Alan Eley.</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>MTL 44</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-MTL 44 (10:41) 3-Rickey Lorusso pass complete to 31-Ralph West to MTL 37 for 7 yards. Tackle by 93-Darius Dick. 31-Ralph West did some fancy footwork there.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
@@ -1088,51 +1088,51 @@
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>MTL 10</t>
   </si>
   <si>
     <t>2-20-MTL 10 (7:17) 17-Norris Gorman pass complete to 88-Wayne Whitson to MTL 15 for 5 yards. Tackle by 30-Tony Ellwood.</t>
   </si>
   <si>
     <t>6:36</t>
   </si>
   <si>
     <t>3-15-MTL 15 (6:35) 32-David Leonard ran to MTL 13 for -2 yards. Tackle by 47-Carlos Bee.</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>MTL 13</t>
   </si>
   <si>
     <t>4-17-MTL 13 (5:57) 3-Mike Taylor punts 42 yards to BLJ 46. MTL 84-William Golightly was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>BLJ 46</t>
+    <t>APK 46</t>
   </si>
   <si>
     <t>1-10-BLJ 46 (5:48) 3-Rickey Lorusso pass complete to 28-Noel Brixey to BLJ 47 for 1 yards. Tackle by 34-Pierre Carter. Nice job by 28-Noel Brixey on that route to lose his coverage. PENALTY - Offsides (MTL 57-James Barnes)</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>MTL 49</t>
   </si>
   <si>
     <t>1-5-MTL 49 (5:45) 3-Rickey Lorusso pass complete to 31-Ralph West to MTL 42 for 8 yards. Tackle by 36-Christopher Cervantes. MTL 95-Alan Eley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>1-10-MTL 42 (5:07) 4-Jimmy Baer ran to MTL 36 for 6 yards. Tackle by 36-Christopher Cervantes. PENALTY - Unnecessary Roughness (MTL 36-Christopher Cervantes)</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>MTL 21</t>
   </si>
@@ -1301,174 +1301,174 @@
   <si>
     <t>0:50</t>
   </si>
   <si>
     <t>3-20-MTL 15 (0:48) 32-David Leonard ran to MTL 15 for -1 yards. Tackle by 70-Roger Brooks.</t>
   </si>
   <si>
     <t>0:10</t>
   </si>
   <si>
     <t>4-20-MTL 15 (0:09) 3-Mike Taylor punts 63 yards to BLJ 23.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 1-Robert Perez kicks 70 yards from MTL 35 to BLJ -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-BLJ 25 (15:00) 3-Rickey Lorusso pass Pass knocked down by 36-Christopher Cervantes. incomplete, intended for 12-Julian Dorey. PENALTY - Pass Interference (MTL 36-Christopher Cervantes)</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
-    <t>BLJ 36</t>
+    <t>APK 36</t>
   </si>
   <si>
     <t>1-10-BLJ 36 (14:57) 3-Rickey Lorusso pass Pass knocked down by 34-Pierre Carter. incomplete, intended for 80-Theodore Whitten.</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>I Formation Big HB Counter Weak</t>
   </si>
   <si>
     <t>2-10-BLJ 36 (14:54) 28-Noel Brixey ran to BLJ 32 for -3 yards. Tackle by 50-Thomas Roach. PENALTY - Holding (BLJ 61-Duncan Laroche)</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
-    <t>BLJ 26</t>
+    <t>APK 26</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-20-BLJ 26 (14:52) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to BLJ 30 for 4 yards. Tackle by 95-Alan Eley. BLJ 61-Duncan Laroche was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
-    <t>BLJ 30</t>
+    <t>APK 30</t>
   </si>
   <si>
     <t>3-16-BLJ 30 (14:12) 3-Rickey Lorusso pass incomplete, dropped by 12-Julian Dorey.</t>
   </si>
   <si>
     <t>#50 Ronald Ball - C</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>4-16-BLJ 30 (14:09) PENALTY - False Start (BLJ 79-Hipolito Cancel)</t>
   </si>
   <si>
     <t>4-21-BLJ 25 (14:09) 8-Richard Hunt punts 50 yards to MTL 26. 88-Wayne Whitson to MTL 33 for 7 yards. Tackle by 41-Joshua Miller.</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>1-10-MTL 33 (14:01) (Hot Read) 17-Norris Gorman pass Pass knocked down by 30-Tony Ellwood. incomplete, intended for 35-Robert Washington.</t>
   </si>
   <si>
     <t>13:58</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>2-10-MTL 33 (13:59) 17-Norris Gorman sacked at MTL 25 for -8 yards (74-Daniel Ledezma). Sack allowed by 65-Jeffery Woods. 65-Jeffery Woods missed that block completely.</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>3-18-MTL 25 (13:20) 32-David Leonard ran to MTL 37 for 12 yards. Tackle by 27-Chad Green.</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>4-5-MTL 37 (12:35) 3-Mike Taylor punts 50 yards to BLJ 13. Fair Catch by 28-Noel Brixey.</t>
   </si>
   <si>
-    <t>BLJ 13</t>
+    <t>APK 13</t>
   </si>
   <si>
     <t>1-10-BLJ 13 (12:28) 28-Noel Brixey ran to BLJ 14 for 1 yards. Tackle by 68-Ramon Orozco. 79-Hipolito Cancel completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
-    <t>BLJ 14</t>
+    <t>APK 14</t>
   </si>
   <si>
     <t>2-9-BLJ 14 (11:48) PENALTY - False Start (BLJ 76-Paul Alameda)</t>
   </si>
   <si>
-    <t>BLJ 9</t>
+    <t>APK 9</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-14-BLJ 9 (11:48) 28-Noel Brixey ran to BLJ 8 for a short loss. Tackle by 51-Chester Pratt.</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
-    <t>BLJ 8</t>
+    <t>APK 8</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-15-BLJ 8 (11:12) 3-Rickey Lorusso sacked at BLJ 1 for -8 yards (68-Ramon Orozco). Sack allowed by 79-Hipolito Cancel. 79-Hipolito Cancel was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
-    <t>BLJ 1</t>
+    <t>APK 1</t>
   </si>
   <si>
     <t>4-22-BLJ 1 (10:33) 8-Richard Hunt punts 53 yards to MTL 47. 88-Wayne Whitson to BLJ 44 for 10 yards. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
-    <t>BLJ 44</t>
+    <t>APK 44</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BLJ 44 (10:25) 17-Norris Gorman pass complete to 87-Adam Kenney to BLJ 36 for 8 yards. Tackle by 36-Albert Sanders.</t>
   </si>
   <si>
     <t>#11 David Chacon - WR</t>
   </si>
   <si>
     <t>#15 Thomas Montgomery - WR</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>2-2-BLJ 36 (9:42) 17-Norris Gorman pass Pass knocked down by 36-Albert Sanders. incomplete, intended for 35-Robert Washington. Pressure by 98-Gary Dupuy.</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
@@ -1502,51 +1502,51 @@
   <si>
     <t>3-14-BLJ 34 (7:37) 17-Norris Gorman pass Pass knocked down by 36-Albert Sanders. incomplete, intended for 35-Robert Washington.</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>4-14-BLJ 34 (7:33) 1-Robert Perez 53 yard field goal is GOOD. MTL 6 BLJ 11</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>(7:30) 1-Robert Perez kicks 64 yards from MTL 35 to BLJ 1. 28-Noel Brixey to BLJ 33 for 33 yards. Tackle by 1-Robert Perez.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>1-10-BLJ 33 (7:24) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to BLJ 39 for 6 yards. Tackle by 40-George Jones.</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
-    <t>BLJ 39</t>
+    <t>APK 39</t>
   </si>
   <si>
     <t>2-4-BLJ 39 (6:43) 3-Rickey Lorusso pass Pass knocked down by 36-Christopher Cervantes. incomplete, intended for 12-Julian Dorey.</t>
   </si>
   <si>
     <t>6:39</t>
   </si>
   <si>
     <t>3-4-BLJ 39 (6:40) 3-Rickey Lorusso pass incomplete, dropped by 31-Ralph West.</t>
   </si>
   <si>
     <t>4-4-BLJ 39 (6:37) 8-Richard Hunt punts 54 yards to MTL 7.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>MTL 7</t>
   </si>
   <si>
     <t>1-10-MTL 7 (6:27) 17-Norris Gorman pass Pass knocked down by 30-Tony Ellwood. incomplete, intended for 32-David Leonard. BLJ 74-Daniel Ledezma was injured on the play. He looks like he should be able to return. BLJ 59-John Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
@@ -1613,51 +1613,51 @@
   <si>
     <t>3:18</t>
   </si>
   <si>
     <t>3-6-MTL 15 (3:19) (Hot Read) 17-Norris Gorman pass complete to 35-Robert Washington to MTL 25 for 10 yards. Tackle by 47-Carlos Bee. MTL 62-Timothy Nelson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>1-10-MTL 25 (2:38) 30-Earl Delacruz ran to MTL 34 for 9 yards. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>MTL 34</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>2-1-MTL 34 (1:58) (Hot Read) 17-Norris Gorman pass complete to 88-Wayne Whitson to BLJ 0 for 66 yards. TOUCHDOWN! 30-Tony Ellwood got away with a hold on that play. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one. MTL 12 BLJ 13</t>
   </si>
   <si>
-    <t>BLJ 15</t>
+    <t>APK 15</t>
   </si>
   <si>
     <t>(1:47) Extra point GOOD by 1-Robert Perez. MTL 13 BLJ 13</t>
   </si>
   <si>
     <t>#83 Jorge Roberts - TE</t>
   </si>
   <si>
     <t>(1:47) 1-Robert Perez kicks 72 yards from MTL 35 to BLJ -7. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-BLJ 25 (1:47) 3-Rickey Lorusso pass Pass knocked down by 34-Pierre Carter. incomplete, intended for 28-Noel Brixey.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>2-10-BLJ 25 (1:44) 31-Ralph West ran to BLJ 25 for a short gain. Tackle by 90-Brian Blankenship.</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
@@ -1703,69 +1703,69 @@
   <si>
     <t>1-10-MTL 43 (13:50) 30-Earl Delacruz ran to MTL 45 for 2 yards. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>MTL 45</t>
   </si>
   <si>
     <t>2-8-MTL 45 (13:10) 32-David Leonard ran to MTL 45 for a short gain. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>3-8-MTL 45 (12:36) 30-Earl Delacruz ran to MTL 41 for -3 yards. Tackle by 57-Ray Pearson.</t>
   </si>
   <si>
     <t>MTL 41</t>
   </si>
   <si>
     <t>4-11-MTL 41 (11:55) 3-Mike Taylor punts 31 yards to BLJ 28.</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
   <si>
-    <t>BLJ 28</t>
+    <t>APK 28</t>
   </si>
   <si>
     <t>1-10-BLJ 28 (11:46) 3-Rickey Lorusso pass complete to 31-Ralph West to BLJ 34 for 6 yards. Tackle by 36-Christopher Cervantes.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-4-BLJ 34 (11:09) 4-Jimmy Baer ran to BLJ 47 for 14 yards. Tackle by 25-David Finn.</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
-    <t>BLJ 47</t>
+    <t>APK 47</t>
   </si>
   <si>
     <t>1-10-BLJ 47 (10:32) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to MTL 45 for 8 yards. Tackle by 40-George Jones. MTL 68-Ramon Orozco was injured on the play.</t>
   </si>
   <si>
     <t>2-2-MTL 45 (9:57) 4-Jimmy Baer ran to MTL 40 for 5 yards. Tackle by 51-Chester Pratt.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>1-10-MTL 40 (9:22) 28-Noel Brixey ran to MTL 29 for 12 yards. Tackle by 29-Archie Kimbrell.</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>MTL 29</t>
   </si>
   <si>
     <t>1-10-MTL 29 (8:47) 4-Jimmy Baer ran to MTL 16 for 13 yards. Tackle by 94-Antonio Petit.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
@@ -1811,60 +1811,60 @@
   <si>
     <t>1-10-MTL 25 (6:47) 32-David Leonard ran to MTL 31 for 6 yards. Tackle by 36-Albert Sanders. BLJ 62-John States was injured on the play.</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>2-4-MTL 31 (6:08) 17-Norris Gorman sacked at MTL 24 for -8 yards (27-Chad Green)</t>
   </si>
   <si>
     <t>5:23</t>
   </si>
   <si>
     <t>3-11-MTL 24 (5:22) 17-Norris Gorman pass incomplete, dropped by 30-Earl Delacruz. Pressure by 68-Charlie Williams.</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>4-11-MTL 24 (5:18) 3-Mike Taylor punts 56 yards to BLJ 21.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
-    <t>BLJ 21</t>
+    <t>APK 21</t>
   </si>
   <si>
     <t>1-10-BLJ 21 (5:07) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to BLJ 29 for 8 yards. Tackle by 34-Pierre Carter. Nice job by 80-Theodore Whitten on that route to lose his coverage.</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
-    <t>BLJ 29</t>
+    <t>APK 29</t>
   </si>
   <si>
     <t>2-2-BLJ 29 (4:25) 3-Rickey Lorusso pass INTERCEPTED by 29-Archie Kimbrell at BLJ 35. 29-Archie Kimbrell to BLJ 34 for 1 yards. Tackle by 83-William Loop.</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>1-10-BLJ 34 (4:22) 32-David Leonard ran to BLJ 33 for 1 yards. Tackle by 70-Roger Brooks.</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>2-9-BLJ 33 (3:40) 30-Earl Delacruz ran to BLJ 37 for -3 yards. Tackle by 98-Gary Dupuy. MTL 30-Earl Delacruz was injured on the play.</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>3-12-BLJ 37 (2:59) 17-Norris Gorman pass incomplete, intended for 88-Wayne Whitson. Pressure by 68-Charlie Williams.</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
@@ -2332,91 +2332,91 @@
     <col min="12" max="12" width="615.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>