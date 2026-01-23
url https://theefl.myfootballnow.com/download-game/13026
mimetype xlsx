--- v2 (2025-12-28)
+++ v3 (2026-01-23)
@@ -536,51 +536,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-BLJ 33 (9:10) 1-Robert Perez 51 yard field goal is GOOD. MTL 3 BLJ 0</t>
   </si>
   <si>
     <t>#2 Daniel Bourgault - QB</t>
   </si>
   <si>
     <t>#1 Robert Perez - K</t>
   </si>
   <si>
     <t>#58 Richard Jones - LT</t>
   </si>
   <si>
     <t>#84 William Golightly - TE</t>
   </si>
   <si>
     <t>#92 Carl Scott - WLB</t>
   </si>
   <si>
-    <t>#66 Werner Hoyt - LDE</t>
+    <t>#51 Werner Hoyt - LDE</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>MTL 35</t>
   </si>
   <si>
     <t>(9:07) 1-Robert Perez kicks 75 yards from MTL 35 to BLJ -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Noel Brixey - WR</t>
   </si>
   <si>
     <t>#20 Gus Buchanan - CB</t>
   </si>
   <si>
     <t>#29 Steven Riter - CB</t>
   </si>
   <si>
     <t>APK 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#61 Duncan Laroche - C</t>
   </si>
   <si>
     <t>#75 William Weber - RG</t>
   </si>
   <si>
     <t>#79 Hipolito Cancel - RT</t>
   </si>
   <si>
     <t>#57 James Barnes - DT</t>
   </si>
   <si>
     <t>#91 Thomas Roach - RDE</t>
   </si>
   <si>
     <t>#52 Harry McDaniel - SLB</t>
   </si>
   <si>
     <t>#36 Christopher Cervantes - CB</t>
   </si>
   <si>
     <t>#25 David Finn - CB</t>
   </si>
   <si>
-    <t>#45 Alan Eley - SS</t>
+    <t>#45 Alan Eley - WLB</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-2-BLJ 33 (8:22) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to MTL 42 for 24 yards. Tackle by 34-Pierre Carter.</t>
   </si>
   <si>
     <t>#83 William Loop - TE</t>
   </si>
   <si>
     <t>#96 Brian Blankenship - DT</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>MTL 42</t>
   </si>
@@ -1337,51 +1337,51 @@
   <si>
     <t>2-10-BLJ 36 (14:54) 28-Noel Brixey ran to BLJ 32 for -3 yards. Tackle by 50-Thomas Roach. PENALTY - Holding (BLJ 61-Duncan Laroche)</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>APK 26</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-20-BLJ 26 (14:52) 3-Rickey Lorusso pass complete to 80-Theodore Whitten to BLJ 30 for 4 yards. Tackle by 95-Alan Eley. BLJ 61-Duncan Laroche was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>APK 30</t>
   </si>
   <si>
     <t>3-16-BLJ 30 (14:12) 3-Rickey Lorusso pass incomplete, dropped by 12-Julian Dorey.</t>
   </si>
   <si>
-    <t>#50 Ronald Ball - C</t>
+    <t>#58 Ronald Ball - C</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>4-16-BLJ 30 (14:09) PENALTY - False Start (BLJ 79-Hipolito Cancel)</t>
   </si>
   <si>
     <t>4-21-BLJ 25 (14:09) 8-Richard Hunt punts 50 yards to MTL 26. 88-Wayne Whitson to MTL 33 for 7 yards. Tackle by 41-Joshua Miller.</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>1-10-MTL 33 (14:01) (Hot Read) 17-Norris Gorman pass Pass knocked down by 30-Tony Ellwood. incomplete, intended for 35-Robert Washington.</t>
   </si>
   <si>
     <t>13:58</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>2-10-MTL 33 (13:59) 17-Norris Gorman sacked at MTL 25 for -8 yards (74-Daniel Ledezma). Sack allowed by 65-Jeffery Woods. 65-Jeffery Woods missed that block completely.</t>
   </si>
@@ -1619,51 +1619,51 @@
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>1-10-MTL 25 (2:38) 30-Earl Delacruz ran to MTL 34 for 9 yards. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>MTL 34</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>2-1-MTL 34 (1:58) (Hot Read) 17-Norris Gorman pass complete to 88-Wayne Whitson to BLJ 0 for 66 yards. TOUCHDOWN! 30-Tony Ellwood got away with a hold on that play. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one. MTL 12 BLJ 13</t>
   </si>
   <si>
     <t>APK 15</t>
   </si>
   <si>
     <t>(1:47) Extra point GOOD by 1-Robert Perez. MTL 13 BLJ 13</t>
   </si>
   <si>
-    <t>#83 Jorge Roberts - TE</t>
+    <t>#81 Jorge Roberts - TE</t>
   </si>
   <si>
     <t>(1:47) 1-Robert Perez kicks 72 yards from MTL 35 to BLJ -7. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-BLJ 25 (1:47) 3-Rickey Lorusso pass Pass knocked down by 34-Pierre Carter. incomplete, intended for 28-Noel Brixey.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>2-10-BLJ 25 (1:44) 31-Ralph West ran to BLJ 25 for a short gain. Tackle by 90-Brian Blankenship.</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>3-10-BLJ 25 (1:02) 3-Rickey Lorusso pass complete to 12-Julian Dorey to BLJ 30 for 5 yards. Tackle by 36-Christopher Cervantes.</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
@@ -1937,51 +1937,51 @@
   <si>
     <t>3-6-MTL 22 (1:00) 28-Noel Brixey ran to MTL 20 for 2 yards. Tackle by 51-Chester Pratt.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>4-4-MTL 20 (0:18) 17-Albert Whittington 37 yard field goal is GOOD. MTL 13 BLJ 23</t>
   </si>
   <si>
     <t>0:14</t>
   </si>
   <si>
     <t>(0:15) 17-Albert Whittington kicks 65 yards from BLJ 35 to MTL 0. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-MTL 25 (0:15) 17-Norris Gorman pass Pass knocked down by 30-Tony Ellwood. incomplete, intended for 47-Donovan Smith.</t>
   </si>
   <si>
     <t>2-10-MTL 25 (0:11) 17-Norris Gorman pass complete to 47-Donovan Smith to MTL 35 for 10 yards. Tackle by 20-Gus Buchanan.</t>
   </si>
   <si>
-    <t>#32 Jose Cannon - SS</t>
+    <t>#47 Jose Cannon - SS</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>