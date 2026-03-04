--- v3 (2026-01-23)
+++ v4 (2026-03-04)
@@ -287,51 +287,51 @@
   <si>
     <t>MTL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>APK</t>
   </si>
   <si>
     <t>APK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Albert Whittington kicks 65 yards from BLJ 35 to MTL 0. Touchback.</t>
   </si>
   <si>
     <t>#88 Wayne Whitson - RB</t>
   </si>
   <si>
     <t>#93 Darius Dick - MLB</t>
   </si>
   <si>
-    <t>#51 Chester Pratt - MLB</t>
+    <t>#97 Chester Pratt - MLB</t>
   </si>
   <si>
     <t>#30 Earl Delacruz - FB</t>
   </si>
   <si>
     <t>#68 Ramon Orozco - DT</t>
   </si>
   <si>
     <t>#59 Gary Reda - SLB</t>
   </si>
   <si>
     <t>#91 Christopher Reeves - RDE</t>
   </si>
   <si>
     <t>#29 Archie Kimbrell - SS</t>
   </si>
   <si>
     <t>#94 Antonio Petit - WLB</t>
   </si>
   <si>
     <t>#40 George Jones - CB</t>
   </si>
   <si>
     <t>#34 Pierre Carter - CB</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#62 John States - DT</t>
   </si>
   <si>
     <t>#98 Charlie Williams - DT</t>
   </si>
   <si>
     <t>#70 Roger Brooks - RDE</t>
   </si>
   <si>
     <t>#51 Eric Hackett - MLB</t>
   </si>
   <si>
     <t>#57 Ray Pearson - WLB</t>
   </si>
   <si>
     <t>#30 Tony Ellwood - CB</t>
   </si>
   <si>
     <t>#36 Albert Sanders - CB</t>
   </si>
   <si>
     <t>#47 Carlos Bee - CB</t>
   </si>
   <si>
-    <t>#26 Bernard Lundquist - SS</t>
+    <t>#26 Bernard Lundquist - CB</t>
   </si>
   <si>
     <t>#27 Chad Green - SS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-MTL 25 (14:22) 32-David Leonard ran to MTL 25 for a short loss. Tackle by 70-Roger Brooks.</t>
   </si>
   <si>
     <t>#75 Sylvester Hannah - C</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-10-MTL 25 (13:40) 32-David Leonard ran to MTL 40 for 15 yards. Tackle by 26-Bernard Lundquist.</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#3 Rickey Lorusso - QB</t>
   </si>
   <si>
     <t>#31 Ralph West - FB</t>
   </si>
   <si>
     <t>#80 Theodore Whitten - WR</t>
   </si>
   <si>
     <t>#81 Paul Verduzco - WR</t>
   </si>
   <si>
     <t>#12 Julian Dorey - WR</t>
   </si>
   <si>
     <t>#52 Walter Lewis - LT</t>
   </si>
   <si>
     <t>#76 Paul Alameda - LG</t>
   </si>
   <si>
     <t>#61 Duncan Laroche - C</t>
   </si>
   <si>
-    <t>#75 William Weber - RG</t>
+    <t>#69 William Weber - RG</t>
   </si>
   <si>
     <t>#79 Hipolito Cancel - RT</t>
   </si>
   <si>
     <t>#57 James Barnes - DT</t>
   </si>
   <si>
     <t>#91 Thomas Roach - RDE</t>
   </si>
   <si>
     <t>#52 Harry McDaniel - SLB</t>
   </si>
   <si>
     <t>#36 Christopher Cervantes - CB</t>
   </si>
   <si>
     <t>#25 David Finn - CB</t>
   </si>
   <si>
     <t>#45 Alan Eley - WLB</t>
   </si>
   <si>
     <t>8:23</t>
   </si>