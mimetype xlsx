--- v0 (2025-11-03)
+++ v1 (2025-12-17)
@@ -359,51 +359,51 @@
   <si>
     <t>#5 John Scott - QB</t>
   </si>
   <si>
     <t>#38 Joseph Huskins - RB</t>
   </si>
   <si>
     <t>#83 Henry Bryant - TE</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#88 Christopher Ballard - WR</t>
   </si>
   <si>
     <t>#16 William Pafford - WR</t>
   </si>
   <si>
     <t>#71 Harold Walden - LG</t>
   </si>
   <si>
     <t>#70 Joseph Halbert - LG</t>
   </si>
   <si>
-    <t>#64 Kent Hill - C</t>
+    <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#52 Vernon Cousin - RG</t>
   </si>
   <si>
     <t>#58 William Dick - RT</t>
   </si>
   <si>
     <t>#95 Henry Parks - LDE</t>
   </si>
   <si>
     <t>#56 William Ward - DT</t>
   </si>
   <si>
     <t>#70 Shawn Frame - DT</t>
   </si>
   <si>
     <t>#94 Larry Brooking - RDE</t>
   </si>
   <si>
     <t>#50 Marcus Turner - MLB</t>
   </si>
   <si>
     <t>#79 Kyle Winkleman - MLB</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>#30 Raymond Holmes - RB</t>
   </si>
   <si>
     <t>#69 William Packard - SS</t>
   </si>
   <si>
     <t>#4 Thomas Tucker - SS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>HHH 26</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>2-1-HHH 26 (14:11) 34-Brian Connelly ran to HHH 28 for 2 yards. Tackle by 25-Raymond Holmes.</t>
   </si>
   <si>
-    <t>#40 Leland Bolling - FB</t>
+    <t>#81 Leland Bolling - TE</t>
   </si>
   <si>
     <t>#73 Kenneth Baugh - RT</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>HHH 28</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-HHH 28 (13:34) 34-Brian Connelly ran to HHH 32 for 4 yards. Tackle by 50-Marcus Turner.</t>
   </si>
   <si>
     <t>#30 Rafael Bolden - CB</t>
   </si>
   <si>
     <t>#65 John McKinley - SLB</t>
   </si>
@@ -1373,51 +1373,51 @@
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>HHH 48</t>
   </si>
   <si>
     <t>2-9-HHH 48 (11:27) 38-Joseph Huskins ran to OmO 50 for 2 yards. Tackle by 79-Kyle Winkleman.</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>Shotgun 5 Wide 5 WR All Go</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-7-OmO 50 (10:54) 5-John Scott sacked at HHH 41 for -9 yards (75-Henry Parks). Sack allowed by 59-Vernon Cousin.</t>
   </si>
   <si>
     <t>#11 Michael Raymond - WR</t>
   </si>
   <si>
-    <t>#81 Marcelino Black - TE</t>
+    <t>#81 Marcelino Black - FB</t>
   </si>
   <si>
     <t>#12 Christopher Brown - WR</t>
   </si>
   <si>
     <t>HHH 41</t>
   </si>
   <si>
     <t>4-16-HHH 41 (10:16) 7-Cameron Banda punts 45 yards to OmO 14. 27-Kenny Aranda to OmO 22 for 8 yards. Tackle by 93-Marshall Kemp.</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>OmO 22</t>
   </si>
   <si>
     <t>I Formation Big TE Sneak Out</t>
   </si>
   <si>
     <t>1-10-OmO 22 (10:08) (Hot Read) 11-John Corby pass complete to 33-Samuel Sturdivant to OmO 17 for -4 yards. Tackle by 50-Willie Hill. Pressure by 60-David Bigelow.</t>
   </si>
   <si>
     <t>#60 David Bigelow - RDE</t>
   </si>