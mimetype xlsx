--- v1 (2025-12-17)
+++ v2 (2026-01-09)
@@ -356,51 +356,51 @@
   <si>
     <t>1-10-HHH 17 (14:57) 5-John Scott pass complete to 38-Joseph Huskins to HHH 26 for 9 yards. Tackle by 50-Marcus Turner.</t>
   </si>
   <si>
     <t>#5 John Scott - QB</t>
   </si>
   <si>
     <t>#38 Joseph Huskins - RB</t>
   </si>
   <si>
     <t>#83 Henry Bryant - TE</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#88 Christopher Ballard - WR</t>
   </si>
   <si>
     <t>#16 William Pafford - WR</t>
   </si>
   <si>
     <t>#71 Harold Walden - LG</t>
   </si>
   <si>
-    <t>#70 Joseph Halbert - LG</t>
+    <t>#72 Joseph Halbert - LG</t>
   </si>
   <si>
     <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#52 Vernon Cousin - RG</t>
   </si>
   <si>
     <t>#58 William Dick - RT</t>
   </si>
   <si>
     <t>#95 Henry Parks - LDE</t>
   </si>
   <si>
     <t>#56 William Ward - DT</t>
   </si>
   <si>
     <t>#70 Shawn Frame - DT</t>
   </si>
   <si>
     <t>#94 Larry Brooking - RDE</t>
   </si>
   <si>
     <t>#50 Marcus Turner - MLB</t>
   </si>
@@ -437,54 +437,54 @@
   <si>
     <t>2-1-HHH 26 (14:11) 34-Brian Connelly ran to HHH 28 for 2 yards. Tackle by 25-Raymond Holmes.</t>
   </si>
   <si>
     <t>#81 Leland Bolling - TE</t>
   </si>
   <si>
     <t>#73 Kenneth Baugh - RT</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>HHH 28</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-HHH 28 (13:34) 34-Brian Connelly ran to HHH 32 for 4 yards. Tackle by 50-Marcus Turner.</t>
   </si>
   <si>
-    <t>#30 Rafael Bolden - CB</t>
-[...2 lines deleted...]
-    <t>#65 John McKinley - SLB</t>
+    <t>#68 Rafael Bolden - RDE</t>
+  </si>
+  <si>
+    <t>#1 John McKinley - CB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>HHH 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-6-HHH 32 (12:51) 5-John Scott pass complete to 16-William Pafford to HHH 40 for 8 yards. Tackle by 69-William Packard. Great move by 16-William Pafford to get free of his coverage.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>HHH 40</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-OmO 46 (8:19) 7-Cameron Banda punts 38 yards to OmO 8. 27-Kenny Aranda to OmO 10 for 2 yards. Tackle by 74-James Flournoy.</t>
   </si>
   <si>
     <t>#7 Cameron Banda - P</t>
   </si>
   <si>
     <t>#27 Kenny Aranda - WR</t>
   </si>
   <si>
     <t>#31 John Stromain - SS</t>
   </si>
   <si>
     <t>#42 Joaquin Burger - CB</t>
   </si>
   <si>
     <t>#62 Ed Riordan - FS</t>
   </si>
   <si>
     <t>#92 William Brown - RDE</t>
   </si>
   <si>
-    <t>#52 Leonard Ayala - DT</t>
+    <t>#92 Leonard Ayala - DT</t>
   </si>
   <si>
     <t>#63 Justin Hutchins - LDE</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>OmO 10</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OmO 10 (8:11) 38-Darryl Greeson ran to OmO 12 for 2 yards. Tackle by 42-Andrew Head.</t>
   </si>
   <si>
     <t>#10 John Corby - QB</t>
   </si>
   <si>
     <t>#38 Darryl Greeson - RB</t>
   </si>
   <si>
     <t>#33 Samuel Sturdivant - FB</t>
   </si>
@@ -704,81 +704,81 @@
   <si>
     <t>#24 David Coleman - FS</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>1-10-OmO 35 (5:49) 11-John Corby pass complete to 85-Roy Schenck to OmO 49 for 15 yards. Tackle by 50-Willie Hill.</t>
   </si>
   <si>
     <t>#33 Joshua Stone - CB</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>OmO 49</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>1-10-OmO 49 (5:10) 11-John Corby pass Pass knocked down by 29-Gerald Shelton. incomplete, intended for 10-Matt Rounds.</t>
   </si>
   <si>
-    <t>#10 Matt Rounds - RB</t>
+    <t>#36 Matt Rounds - RB</t>
   </si>
   <si>
     <t>#82 Donald Ward - WR</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
     <t>2-10-OmO 49 (5:07) 11-John Corby pass complete to 27-Kenny Aranda to HHH 42 for 8 yards. Tackle by 56-Mack Brennan.</t>
   </si>
   <si>
     <t>#56 Mack Brennan - MLB</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>HHH 42</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-2-HHH 42 (4:27) 10-Matt Rounds ran to HHH 32 for 10 yards. Tackle by 49-Alberto Wicklund.</t>
   </si>
   <si>
-    <t>#88 Robert Jessie - TE</t>
+    <t>#88 Robert Jessie - C</t>
   </si>
   <si>
     <t>3:43</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal LB Blitz Under Zone</t>
   </si>
   <si>
     <t>1-10-HHH 32 (3:42) 38-Darryl Greeson ran to HHH 28 for 4 yards. 38-Darryl Greeson FUMBLES (92-Jeffrey Wilson) recovered by HHH-72-Jimmy Locklin at HHH 27. Tackle by 33-Samuel Sturdivant.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>HHH 27</t>
   </si>
   <si>
     <t>1-10-HHH 27 (3:38) 34-Brian Connelly ran to HHH 30 for 3 yards. Tackle by 50-Marcus Turner.</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
@@ -2274,97 +2274,97 @@
   <dimension ref="A1:CD163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="370.338" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">