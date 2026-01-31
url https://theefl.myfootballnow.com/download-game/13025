--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Christopher Rose kicks 70 yards from OmO 35 to HHH -5. 34-Brian Connelly to HHH 17 for 24 yards. Tackle by 62-Ed Riordan.</t>
   </si>
   <si>
     <t>#13 Brian Connelly - WR</t>
   </si>
   <si>
     <t>#78 David Hale - RDE</t>
   </si>
   <si>
     <t>#42 Andrew Head - FS</t>
   </si>
   <si>
     <t>#99 Anthony Brown - DT</t>
   </si>
   <si>
     <t>#29 Gerald Shelton - CB</t>
   </si>
   <si>
-    <t>#93 Marshall Kemp - WLB</t>
+    <t>#93 Marshall Kemp - SLB</t>
   </si>
   <si>
     <t>#21 Timothy Nair - CB</t>
   </si>
   <si>
     <t>#62 James Flournoy - LDE</t>
   </si>
   <si>
     <t>#20 Frank Haas - CB</t>
   </si>
   <si>
     <t>#53 Robert Beachum - WLB</t>
   </si>
   <si>
     <t>#63 Manuel Morrison - DT</t>
   </si>
   <si>
     <t>#6 Christopher Rose - K</t>
   </si>
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>14:56</t>
   </si>