--- v0 (2025-10-16)
+++ v1 (2025-12-21)
@@ -293,180 +293,180 @@
   <si>
     <t>BSM 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Harry Bock kicks 70 yards from BSM 35 to LEX -5. Touchback.</t>
   </si>
   <si>
     <t>#19 Robert Cooper - WR</t>
   </si>
   <si>
     <t>#50 Stephen Perez - RT</t>
   </si>
   <si>
     <t>#77 Renaldo Lopez - RDE</t>
   </si>
   <si>
     <t>#55 Owen Littlefield - SLB</t>
   </si>
   <si>
-    <t>#15 Carlos Fowler - WR</t>
+    <t>#13 Carlos Fowler - WR</t>
   </si>
   <si>
     <t>#2 Michael Patterson - CB</t>
   </si>
   <si>
     <t>#75 Albert Morrison - LT</t>
   </si>
   <si>
     <t>#19 Thomas Szeto - MLB</t>
   </si>
   <si>
     <t>#94 Austin Riley - LDE</t>
   </si>
   <si>
     <t>#62 Harvey King - RG</t>
   </si>
   <si>
     <t>#63 Alan Short - LDE</t>
   </si>
   <si>
     <t>#18 Harry Bock - K</t>
   </si>
   <si>
     <t>LEX</t>
   </si>
   <si>
     <t>LEX 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LEX 25 (15:00) 21-Ronald Acuna ran to LEX 29 for 4 yards. Tackle by 52-Brian Noble.</t>
   </si>
   <si>
     <t>#6 Fred Ellis - QB</t>
   </si>
   <si>
     <t>#13 Ronald Acuna - RB</t>
   </si>
   <si>
-    <t>#45 Jeremy Stiltner - FB</t>
+    <t>#20 Jeremy Stiltner - TE</t>
   </si>
   <si>
     <t>#5 Moises King - FB</t>
   </si>
   <si>
     <t>#80 Michael  Harris ll - WR</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
     <t>#52 Michael Petersen - LT</t>
   </si>
   <si>
     <t>#66 Billy Whitney - RG</t>
   </si>
   <si>
     <t>#74 William Vanwinkle - C</t>
   </si>
   <si>
     <t>#69 Hector Longoria - RG</t>
   </si>
   <si>
     <t>#60 Michael Ramirez - LDE</t>
   </si>
   <si>
     <t>#61 Nathan Miller - DT</t>
   </si>
   <si>
     <t>#60 Christopher Hill - DT</t>
   </si>
   <si>
-    <t>#95 John Peters - DT</t>
+    <t>#89 John Peters - LDE</t>
   </si>
   <si>
     <t>#48 George Harrington - SLB</t>
   </si>
   <si>
     <t>#56 Wayne Pellham - MLB</t>
   </si>
   <si>
     <t>#59 Brian Noble - WLB</t>
   </si>
   <si>
     <t>#43 Edward Wash - CB</t>
   </si>
   <si>
     <t>#34 Tyrone Phillips - CB</t>
   </si>
   <si>
     <t>#36 Gary Tolleson - SS</t>
   </si>
   <si>
     <t>#44 James Duggan - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>LEX 29</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-6-LEX 29 (14:16) 21-Ronald Acuna ran to LEX 32 for 3 yards. Tackle by 95-Wayne Pellham. BSM 52-Christopher Hill was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>LEX 32</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-3-LEX 32 (13:39) 21-Ronald Acuna ran to LEX 49 for 17 yards. Tackle by 44-James Duggan.</t>
   </si>
   <si>
-    <t>#69 Johnny Sellers - DT</t>
+    <t>#70 Johnny Sellers - RDE</t>
   </si>
   <si>
     <t>#28 Todd Burke - CB</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>LEX 49</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-LEX 49 (12:59) 43-Devon Anderson ran to BSM 49 for 2 yards. Tackle by 95-Wayne Pellham.</t>
   </si>
   <si>
     <t>#43 Devon Anderson - RB</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>BSM 49</t>
   </si>
@@ -548,144 +548,144 @@
   <si>
     <t>#64 John Perez - C</t>
   </si>
   <si>
     <t>#11 Jesse Chaves - K</t>
   </si>
   <si>
     <t>#83 Marco Tuggle - TE</t>
   </si>
   <si>
     <t>#66 Joe McCusker - LG</t>
   </si>
   <si>
     <t>#51 Paul Newcomb - MLB</t>
   </si>
   <si>
     <t>#91 Fermin Glover - MLB</t>
   </si>
   <si>
     <t>#98 Jerome Dam - SLB</t>
   </si>
   <si>
     <t>#45 Stephen Barlow - FS</t>
   </si>
   <si>
-    <t>#71 Norman Shirley - RDE</t>
+    <t>#70 Norman Shirley - RDE</t>
   </si>
   <si>
     <t>#29 Michael Ramirez - CB</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>BSM 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BSM 42 (9:51) 23-Ted Petersen ran to BSM 47 for 5 yards. Tackle by 34-Jarad Kelenic.</t>
   </si>
   <si>
     <t>#12 Paul Caruso - QB</t>
   </si>
   <si>
     <t>#23 Ted Petersen - RB</t>
   </si>
   <si>
     <t>#33 Scott Davis - RB</t>
   </si>
   <si>
     <t>#20 James Robinson - FB</t>
   </si>
   <si>
-    <t>#85 Michael Fergus - TE</t>
+    <t>#80 Michael Fergus - TE</t>
   </si>
   <si>
     <t>#82 Jose Dishman - TE</t>
   </si>
   <si>
     <t>#57 Charles Yee - LT</t>
   </si>
   <si>
     <t>#65 Tyler Hayter - LG</t>
   </si>
   <si>
     <t>#68 Rex Greene - C</t>
   </si>
   <si>
     <t>#54 Ronald Daniels - RG</t>
   </si>
   <si>
     <t>#58 Roy Powell - RT</t>
   </si>
   <si>
     <t>#51 Kim Peters - RDE</t>
   </si>
   <si>
     <t>#92 Thomas Gillett - DT</t>
   </si>
   <si>
     <t>#99 Jerry Lewis - LDE</t>
   </si>
   <si>
-    <t>#54 Christian Stevens - SLB</t>
+    <t>#57 Christian Stevens - SLB</t>
   </si>
   <si>
     <t>#48 Donald McMahon - CB</t>
   </si>
   <si>
     <t>#34 Jarad Kelenic - CB</t>
   </si>
   <si>
     <t>#25 Michael Stevenson - SS</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>BSM 47</t>
   </si>
   <si>
     <t>2-5-BSM 47 (9:15) 12-Paul Caruso pass incomplete, intended for 86-Kendrick Lynam.</t>
   </si>
   <si>
     <t>#81 David Williams - WR</t>
   </si>
   <si>
     <t>#82 Steven Smith - TE</t>
   </si>
   <si>
     <t>#86 Kendrick Lynam - WR</t>
   </si>
   <si>
-    <t>#4 Ronald Faith - SLB</t>
+    <t>#4 Ronald Faith - CB</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-5-BSM 47 (9:12) 12-Paul Caruso pass Pass knocked down by 53-Floyd Burg. incomplete, intended for 23-Ted Petersen.</t>
   </si>
   <si>
     <t>#53 Floyd Burg - WLB</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -2275,51 +2275,51 @@
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>