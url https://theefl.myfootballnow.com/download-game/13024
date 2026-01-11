--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -308,111 +308,111 @@
   <si>
     <t>#50 Stephen Perez - RT</t>
   </si>
   <si>
     <t>#77 Renaldo Lopez - RDE</t>
   </si>
   <si>
     <t>#55 Owen Littlefield - SLB</t>
   </si>
   <si>
     <t>#13 Carlos Fowler - WR</t>
   </si>
   <si>
     <t>#2 Michael Patterson - CB</t>
   </si>
   <si>
     <t>#75 Albert Morrison - LT</t>
   </si>
   <si>
     <t>#19 Thomas Szeto - MLB</t>
   </si>
   <si>
     <t>#94 Austin Riley - LDE</t>
   </si>
   <si>
-    <t>#62 Harvey King - RG</t>
+    <t>#58 Harvey King - RG</t>
   </si>
   <si>
     <t>#63 Alan Short - LDE</t>
   </si>
   <si>
     <t>#18 Harry Bock - K</t>
   </si>
   <si>
     <t>LEX</t>
   </si>
   <si>
     <t>LEX 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LEX 25 (15:00) 21-Ronald Acuna ran to LEX 29 for 4 yards. Tackle by 52-Brian Noble.</t>
   </si>
   <si>
     <t>#6 Fred Ellis - QB</t>
   </si>
   <si>
     <t>#13 Ronald Acuna - RB</t>
   </si>
   <si>
     <t>#20 Jeremy Stiltner - TE</t>
   </si>
   <si>
     <t>#5 Moises King - FB</t>
   </si>
   <si>
     <t>#80 Michael  Harris ll - WR</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
     <t>#52 Michael Petersen - LT</t>
   </si>
   <si>
     <t>#66 Billy Whitney - RG</t>
   </si>
   <si>
     <t>#74 William Vanwinkle - C</t>
   </si>
   <si>
-    <t>#69 Hector Longoria - RG</t>
+    <t>#69 Hector Longoria - LT</t>
   </si>
   <si>
     <t>#60 Michael Ramirez - LDE</t>
   </si>
   <si>
     <t>#61 Nathan Miller - DT</t>
   </si>
   <si>
-    <t>#60 Christopher Hill - DT</t>
+    <t>#56 Christopher Hill - DT</t>
   </si>
   <si>
     <t>#89 John Peters - LDE</t>
   </si>
   <si>
     <t>#48 George Harrington - SLB</t>
   </si>
   <si>
     <t>#56 Wayne Pellham - MLB</t>
   </si>
   <si>
     <t>#59 Brian Noble - WLB</t>
   </si>
   <si>
     <t>#43 Edward Wash - CB</t>
   </si>
   <si>
     <t>#34 Tyrone Phillips - CB</t>
   </si>
   <si>
     <t>#36 Gary Tolleson - SS</t>
   </si>
   <si>
     <t>#44 James Duggan - CB</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>#23 Ted Petersen - RB</t>
   </si>
   <si>
     <t>#33 Scott Davis - RB</t>
   </si>
   <si>
     <t>#20 James Robinson - FB</t>
   </si>
   <si>
     <t>#80 Michael Fergus - TE</t>
   </si>
   <si>
     <t>#82 Jose Dishman - TE</t>
   </si>
   <si>
     <t>#57 Charles Yee - LT</t>
   </si>
   <si>
     <t>#65 Tyler Hayter - LG</t>
   </si>
   <si>
     <t>#68 Rex Greene - C</t>
   </si>
   <si>
-    <t>#54 Ronald Daniels - RG</t>
+    <t>#63 Ronald Daniels - RG</t>
   </si>
   <si>
     <t>#58 Roy Powell - RT</t>
   </si>
   <si>
     <t>#51 Kim Peters - RDE</t>
   </si>
   <si>
     <t>#92 Thomas Gillett - DT</t>
   </si>
   <si>
     <t>#99 Jerry Lewis - LDE</t>
   </si>
   <si>
     <t>#57 Christian Stevens - SLB</t>
   </si>
   <si>
     <t>#48 Donald McMahon - CB</t>
   </si>
   <si>
     <t>#34 Jarad Kelenic - CB</t>
   </si>
   <si>
     <t>#25 Michael Stevenson - SS</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-5-BSM 47 (9:12) 12-Paul Caruso pass Pass knocked down by 53-Floyd Burg. incomplete, intended for 23-Ted Petersen.</t>
   </si>
   <si>
     <t>#53 Floyd Burg - WLB</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-BSM 47 (9:10) 8-Malcolm Rife punts 54 yards to LEX -1.4-5-BSM 47 (9:10) 8-Malcolm Rife punts 54 yards to LEX -1. Touchback.</t>
   </si>
   <si>
-    <t>#8 Malcolm Rife - P</t>
+    <t>#5 Malcolm Rife - P</t>
   </si>
   <si>
     <t>#89 Jay McLean - WR</t>
   </si>
   <si>
     <t>#73 Chester Swartz - RT</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>LEX 20</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-LEX 20 (9:02) 12-Fred Ellis pass incomplete, dropped by 21-Ronald Acuna.</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
@@ -1079,51 +1079,51 @@
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>LEX 11</t>
   </si>
   <si>
     <t>2-4-LEX 11 (8:37) 23-Ted Petersen ran to LEX 12 for -1 yards. Tackle by 19-Thomas Szeto.</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>LEX 12</t>
   </si>
   <si>
     <t>3-5-LEX 12 (7:56) 23-Ted Petersen ran to LEX 6 for 6 yards. Tackle by 25-Michael Stevenson. BSM 54-Ronald Daniels was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>1-6-LEX 6 (7:12) 46-Michael Holloway ran to LEX 5 for 1 yards. Tackle by 19-Thomas Szeto. 20-James Robinson was completely beat on that play.</t>
   </si>
   <si>
-    <t>#74 Timothy Sousa - LG</t>
+    <t>#68 Timothy Sousa - LG</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>LEX 5</t>
   </si>
   <si>
     <t>2-5-LEX 5 (6:27) 23-Ted Petersen ran to LEX 0 for 5 yards. TOUCHDOWN! LEX 0 BSM 13</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>(6:25) Extra point GOOD by 18-Harry Bock. LEX 0 BSM 14</t>
   </si>
   <si>
     <t>#50 Terrence Atkin - RG</t>
   </si>
   <si>
     <t>(6:25) 18-Harry Bock kicks 75 yards from BSM 35 to LEX -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-LEX 25 (6:25) 21-Ronald Acuna ran to LEX 24 for -1 yards. Tackle by 52-Brian Noble.</t>
   </si>