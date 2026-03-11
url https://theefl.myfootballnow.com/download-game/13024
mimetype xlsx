--- v2 (2026-01-11)
+++ v3 (2026-03-11)
@@ -338,84 +338,84 @@
   <si>
     <t>#18 Harry Bock - K</t>
   </si>
   <si>
     <t>LEX</t>
   </si>
   <si>
     <t>LEX 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LEX 25 (15:00) 21-Ronald Acuna ran to LEX 29 for 4 yards. Tackle by 52-Brian Noble.</t>
   </si>
   <si>
     <t>#6 Fred Ellis - QB</t>
   </si>
   <si>
     <t>#13 Ronald Acuna - RB</t>
   </si>
   <si>
-    <t>#20 Jeremy Stiltner - TE</t>
+    <t>#83 Jeremy Stiltner - TE</t>
   </si>
   <si>
     <t>#5 Moises King - FB</t>
   </si>
   <si>
     <t>#80 Michael  Harris ll - WR</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
     <t>#52 Michael Petersen - LT</t>
   </si>
   <si>
     <t>#66 Billy Whitney - RG</t>
   </si>
   <si>
     <t>#74 William Vanwinkle - C</t>
   </si>
   <si>
     <t>#69 Hector Longoria - LT</t>
   </si>
   <si>
     <t>#60 Michael Ramirez - LDE</t>
   </si>
   <si>
     <t>#61 Nathan Miller - DT</t>
   </si>
   <si>
     <t>#56 Christopher Hill - DT</t>
   </si>
   <si>
-    <t>#89 John Peters - LDE</t>
+    <t>#51 John Peters - LDE</t>
   </si>
   <si>
     <t>#48 George Harrington - SLB</t>
   </si>
   <si>
     <t>#56 Wayne Pellham - MLB</t>
   </si>
   <si>
     <t>#59 Brian Noble - WLB</t>
   </si>
   <si>
     <t>#43 Edward Wash - CB</t>
   </si>
   <si>
     <t>#34 Tyrone Phillips - CB</t>
   </si>
   <si>
     <t>#36 Gary Tolleson - SS</t>
   </si>
   <si>
     <t>#44 James Duggan - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
@@ -533,63 +533,63 @@
   <si>
     <t>3-13-BSM 38 (10:30) 12-Fred Ellis pass complete to 84-Carlos Fowler to BSM 35 for 3 yards. Tackle by 22-Tyrone Phillips.</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-BSM 35 (9:54) 11-Jesse Chaves 53 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#64 John Perez - C</t>
   </si>
   <si>
     <t>#11 Jesse Chaves - K</t>
   </si>
   <si>
     <t>#83 Marco Tuggle - TE</t>
   </si>
   <si>
-    <t>#66 Joe McCusker - LG</t>
+    <t>#58 Joe McCusker - LG</t>
   </si>
   <si>
     <t>#51 Paul Newcomb - MLB</t>
   </si>
   <si>
-    <t>#91 Fermin Glover - MLB</t>
+    <t>#97 Fermin Glover - MLB</t>
   </si>
   <si>
     <t>#98 Jerome Dam - SLB</t>
   </si>
   <si>
-    <t>#45 Stephen Barlow - FS</t>
+    <t>#95 Stephen Barlow - WLB</t>
   </si>
   <si>
     <t>#70 Norman Shirley - RDE</t>
   </si>
   <si>
     <t>#29 Michael Ramirez - CB</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>BSM 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BSM 42 (9:51) 23-Ted Petersen ran to BSM 47 for 5 yards. Tackle by 34-Jarad Kelenic.</t>
   </si>
   <si>
     <t>#12 Paul Caruso - QB</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>#20 James Robinson - FB</t>
   </si>
   <si>
     <t>#80 Michael Fergus - TE</t>
   </si>
   <si>
     <t>#82 Jose Dishman - TE</t>
   </si>
   <si>
     <t>#57 Charles Yee - LT</t>
   </si>
   <si>
     <t>#65 Tyler Hayter - LG</t>
   </si>
   <si>
     <t>#68 Rex Greene - C</t>
   </si>
   <si>
     <t>#63 Ronald Daniels - RG</t>
   </si>
   <si>
     <t>#58 Roy Powell - RT</t>
   </si>
   <si>
-    <t>#51 Kim Peters - RDE</t>
+    <t>#37 Kim Peters - FS</t>
   </si>
   <si>
     <t>#92 Thomas Gillett - DT</t>
   </si>
   <si>
     <t>#99 Jerry Lewis - LDE</t>
   </si>
   <si>
     <t>#57 Christian Stevens - SLB</t>
   </si>
   <si>
     <t>#48 Donald McMahon - CB</t>
   </si>
   <si>
     <t>#34 Jarad Kelenic - CB</t>
   </si>
   <si>
     <t>#25 Michael Stevenson - SS</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>BSM 47</t>
   </si>
@@ -1664,51 +1664,51 @@
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>3-6-BSM 44 (9:34) 33-Scott Davis ran to BSM 45 for a short gain. 33-Scott Davis FUMBLES (92-Thomas Gillett) recovered by BSM-68-Rex Greene at BSM 44. Tackle by 92-Thomas Gillett.</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>4-5-BSM 44 (8:50) 8-Malcolm Rife punts 58 yards to LEX -2.4-5-BSM 44 (8:50) 8-Malcolm Rife punts 58 yards to LEX -2. Touchback.</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>1-10-LEX 20 (8:42) 12-Fred Ellis pass incomplete, intended for 18-Herbert Stephens. LEX 70-Stephen Perez was injured on the play.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>2-10-LEX 20 (8:38) 12-Fred Ellis pass complete to 21-Ronald Acuna to LEX 25 for 5 yards. Tackle by 36-Gary Tolleson.</t>
   </si>
   <si>
-    <t>#79 Benjamin Wiesner - RT</t>
+    <t>#79 Benjamin Wiesner - LT</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>3-5-LEX 25 (8:13) 12-Fred Ellis pass complete to 80-Michael  Harris ll to LEX 47 for 23 yards.</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>LEX 47</t>
   </si>
   <si>
     <t>1-10-LEX 47 (7:51) 12-Fred Ellis pass incomplete, intended for 5-Moises King.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>Quarter Normal 3 Deep Zone Under</t>
   </si>
@@ -2261,51 +2261,51 @@
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>