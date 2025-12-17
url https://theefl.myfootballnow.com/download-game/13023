--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 96-William Cohen kicks 61 yards from NTS 35 to LSV 4. 39-Donnell Baumgart to LSV 26 for 22 yards. Tackle by 45-Stephen Parkhurst.</t>
   </si>
   <si>
     <t>#39 Donnell Baumgart - RB</t>
   </si>
   <si>
     <t>#49 Edgar Shumpert - SS</t>
   </si>
   <si>
     <t>#67 Eugene Purdy - LDE</t>
   </si>
   <si>
     <t>#90 Paul Shields - DT</t>
   </si>
   <si>
     <t>#49 Willard Kelly - FS</t>
   </si>
   <si>
     <t>#40 Larry Thomas - SS</t>
   </si>
   <si>
     <t>#62 William Tilson - DT</t>
   </si>
   <si>
-    <t>#91 Robert Pellham - SLB</t>
+    <t>#98 Robert Pellham - SLB</t>
   </si>
   <si>
     <t>#53 John McLaughlin - MLB</t>
   </si>
   <si>
     <t>#55 Ross Xiong - RDE</t>
   </si>
   <si>
     <t>#22 Larry Orr - SS</t>
   </si>
   <si>
     <t>#96 William Cohen - RDE</t>
   </si>
   <si>
     <t>LSV</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>LSV 26</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
@@ -371,54 +371,54 @@
   <si>
     <t>#17 Louis Kendrick - WR</t>
   </si>
   <si>
     <t>#11 Theodore Parikh - WR</t>
   </si>
   <si>
     <t>#70 Mark Martin - LT</t>
   </si>
   <si>
     <t>#72 John West - LG</t>
   </si>
   <si>
     <t>#83 Jesse Rosario - C</t>
   </si>
   <si>
     <t>#67 Jeffery Wheeler - LG</t>
   </si>
   <si>
     <t>#65 Robert Collins - RT</t>
   </si>
   <si>
     <t>#58 Robert Kaufman - DT</t>
   </si>
   <si>
-    <t>#58 John Martines - DT</t>
-[...2 lines deleted...]
-    <t>#98 Arthur Brown - RDE</t>
+    <t>#72 John Martines - DT</t>
+  </si>
+  <si>
+    <t>#76 Arthur Brown - RDE</t>
   </si>
   <si>
     <t>#58 Lemuel Byers - MLB</t>
   </si>
   <si>
     <t>#95 Owen Zook - WLB</t>
   </si>
   <si>
     <t>#30 Andrew Todd - CB</t>
   </si>
   <si>
     <t>#29 Randal Plank - CB</t>
   </si>
   <si>
     <t>#22 Bruce Suttle - FS</t>
   </si>
   <si>
     <t>#45 Stephen Parkhurst - CB</t>
   </si>
   <si>
     <t>#36 Emery Hicks - FS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
@@ -578,66 +578,66 @@
   <si>
     <t>#60 James Gruber - RT</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>NTS 7</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NTS 7 (8:50) 9-Justin Hulbert pass incomplete, intended for 89-Christopher Hall.</t>
   </si>
   <si>
     <t>#9 Justin Hulbert - QB</t>
   </si>
   <si>
     <t>#39 Christopher Emery - FB</t>
   </si>
   <si>
-    <t>#89 Christopher Hall - TE</t>
+    <t>#83 Christopher Hall - TE</t>
   </si>
   <si>
     <t>#84 Sandy Ward - WR</t>
   </si>
   <si>
     <t>#88 Lewis Hatch - WR</t>
   </si>
   <si>
     <t>#73 Clarence Griswold - LG</t>
   </si>
   <si>
     <t>#72 Michael Mobley - RG</t>
   </si>
   <si>
-    <t>#59 Alejandro Mosley - C</t>
+    <t>#59 Alejandro Mosley - LT</t>
   </si>
   <si>
     <t>#63 Micheal Horvath - RG</t>
   </si>
   <si>
     <t>#71 Andrew Viera - C</t>
   </si>
   <si>
     <t>#95 Israel Wright - DT</t>
   </si>
   <si>
     <t>#54 Randolph Huynh - WLB</t>
   </si>
   <si>
     <t>#32 Brian Walker - CB</t>
   </si>
   <si>
     <t>#34 Gary Moniz - CB</t>
   </si>
   <si>
     <t>#31 Richard Martin - FS</t>
   </si>
   <si>
     <t>8:47</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-1-LSV 17 (0:25) 39-Donnell Baumgart ran to LSV 16 for -1 yards. Tackle by 98-Arthur Brown.</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>LSV 16</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-2-LSV 16 (0:02) 39-Donnell Baumgart ran to LSV 18 for 1 yards. Tackle by 50-Richard Devita.</t>
   </si>
   <si>
-    <t>#50 Richard Devita - SLB</t>
+    <t>#50 Richard Devita - SS</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>LSV 18</t>
   </si>
   <si>
     <t>4-1-LSV 18 (15:00) 5-Jeffrey Mellor punts 32 yards to LSV 50.</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>LSV 50</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-LSV 50 (14:52) 42-Jason Hurley ran to LSV 49 for 1 yards. Tackle by 31-Richard Martin.</t>
   </si>
@@ -1274,51 +1274,51 @@
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>2-15-NTS 46 (0:55) 9-Justin Hulbert pass complete to 19-Daniel Talton to LSV 41 for 13 yards. Tackle by 31-Richard Martin.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>LSV 41</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-2-LSV 41 (0:29) 9-Justin Hulbert pass complete to 19-Daniel Talton to LSV 36 for 5 yards. Tackle by 49-Willard Kelly.</t>
   </si>
   <si>
     <t>#12 Erik Griffin - WR</t>
   </si>
   <si>
-    <t>#82 Henry Sullivan - WR</t>
+    <t>#12 Henry Sullivan - WR</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>LSV 36</t>
   </si>
   <si>
     <t>1-10-LSV 36 (0:04)</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 14-Nicholas Hawkes kicks 74 yards from LSV 35 to NTS -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-NTS 25 (15:00) 42-Jason Hurley ran to NTS 25 for a short gain. Tackle by 90-Paul Shields.</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -1910,51 +1910,51 @@
   <si>
     <t>3-12-LSV 42 (0:51) 9-Justin Hulbert pass Pass knocked down by 54-Randolph Huynh. incomplete, intended for 84-Sandy Ward.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>4-12-LSV 42 (0:48) 9-Justin Hulbert pass complete to 28-Jeffery Lewis to LSV 24 for 18 yards.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
   <si>
     <t>1-10-LSV 24 (0:42) 9-Justin Hulbert pass complete to 42-Jason Hurley to LSV 19 for 5 yards. Tackle by 91-Robert Pellham.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>2-5-LSV 19 (0:16) 9-Justin Hulbert pass INTERCEPTED by 32-Brian Walker at LSV 15. 32-Brian Walker to LSV 16 for 1 yards. Tackle by 84-Sandy Ward. Pressure by 67-Eugene Purdy. NTS 71-Andrew Viera was injured on the play.</t>
   </si>
   <si>
-    <t>#86 Robert Walsh - WR</t>
+    <t>#13 Robert Walsh - WR</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-LSV 16 (0:12) 14-Nicholas Hawkes kneeled down to LSV 16 for -0 yards.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -2307,93 +2307,93 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>