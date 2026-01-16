--- v1 (2025-12-17)
+++ v2 (2026-01-16)
@@ -368,123 +368,123 @@
   <si>
     <t>#16 Christian Kral - WR</t>
   </si>
   <si>
     <t>#17 Louis Kendrick - WR</t>
   </si>
   <si>
     <t>#11 Theodore Parikh - WR</t>
   </si>
   <si>
     <t>#70 Mark Martin - LT</t>
   </si>
   <si>
     <t>#72 John West - LG</t>
   </si>
   <si>
     <t>#83 Jesse Rosario - C</t>
   </si>
   <si>
     <t>#67 Jeffery Wheeler - LG</t>
   </si>
   <si>
     <t>#65 Robert Collins - RT</t>
   </si>
   <si>
-    <t>#58 Robert Kaufman - DT</t>
+    <t>#92 Robert Kaufman - RDE</t>
   </si>
   <si>
     <t>#72 John Martines - DT</t>
   </si>
   <si>
     <t>#76 Arthur Brown - RDE</t>
   </si>
   <si>
     <t>#58 Lemuel Byers - MLB</t>
   </si>
   <si>
     <t>#95 Owen Zook - WLB</t>
   </si>
   <si>
     <t>#30 Andrew Todd - CB</t>
   </si>
   <si>
     <t>#29 Randal Plank - CB</t>
   </si>
   <si>
-    <t>#22 Bruce Suttle - FS</t>
+    <t>#38 Bruce Suttle - FS</t>
   </si>
   <si>
     <t>#45 Stephen Parkhurst - CB</t>
   </si>
   <si>
     <t>#36 Emery Hicks - FS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>LSV 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-LSV 39 (14:13) 39-Donnell Baumgart ran to LSV 44 for 4 yards. Tackle by 95-Owen Zook.</t>
   </si>
   <si>
     <t>#61 Larry Barnes - C</t>
   </si>
   <si>
     <t>#93 Gerald Green - RDE</t>
   </si>
   <si>
     <t>#97 Anthony Bacon - MLB</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>LSV 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-6-LSV 44 (13:29) 39-Donnell Baumgart ran to LSV 42 for -2 yards. Tackle by 45-Stephen Parkhurst.</t>
   </si>
   <si>
     <t>#42 Jim Schneider - FB</t>
   </si>
   <si>
-    <t>#85 Thomas Thornhill - TE</t>
+    <t>#81 Thomas Thornhill - TE</t>
   </si>
   <si>
     <t>#98 Dick Manuel - WLB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>LSV 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-7-LSV 42 (12:56) 39-Donnell Baumgart ran to NTS 47 for 11 yards. Tackle by 45-Stephen Parkhurst.</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>NTS 47</t>
   </si>
@@ -575,69 +575,69 @@
   <si>
     <t>#42 Jason Hurley - RB</t>
   </si>
   <si>
     <t>#60 James Gruber - RT</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>NTS 7</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NTS 7 (8:50) 9-Justin Hulbert pass incomplete, intended for 89-Christopher Hall.</t>
   </si>
   <si>
     <t>#9 Justin Hulbert - QB</t>
   </si>
   <si>
-    <t>#39 Christopher Emery - FB</t>
+    <t>#39 Christopher Emery - LG</t>
   </si>
   <si>
     <t>#83 Christopher Hall - TE</t>
   </si>
   <si>
     <t>#84 Sandy Ward - WR</t>
   </si>
   <si>
     <t>#88 Lewis Hatch - WR</t>
   </si>
   <si>
     <t>#73 Clarence Griswold - LG</t>
   </si>
   <si>
     <t>#72 Michael Mobley - RG</t>
   </si>
   <si>
-    <t>#59 Alejandro Mosley - LT</t>
+    <t>#59 Alejandro Mosley - RG</t>
   </si>
   <si>
     <t>#63 Micheal Horvath - RG</t>
   </si>
   <si>
     <t>#71 Andrew Viera - C</t>
   </si>
   <si>
     <t>#95 Israel Wright - DT</t>
   </si>
   <si>
     <t>#54 Randolph Huynh - WLB</t>
   </si>
   <si>
     <t>#32 Brian Walker - CB</t>
   </si>
   <si>
     <t>#34 Gary Moniz - CB</t>
   </si>
   <si>
     <t>#31 Richard Martin - FS</t>
   </si>
   <si>
     <t>8:47</t>
   </si>
@@ -1910,51 +1910,51 @@
   <si>
     <t>3-12-LSV 42 (0:51) 9-Justin Hulbert pass Pass knocked down by 54-Randolph Huynh. incomplete, intended for 84-Sandy Ward.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>4-12-LSV 42 (0:48) 9-Justin Hulbert pass complete to 28-Jeffery Lewis to LSV 24 for 18 yards.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
   <si>
     <t>1-10-LSV 24 (0:42) 9-Justin Hulbert pass complete to 42-Jason Hurley to LSV 19 for 5 yards. Tackle by 91-Robert Pellham.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>2-5-LSV 19 (0:16) 9-Justin Hulbert pass INTERCEPTED by 32-Brian Walker at LSV 15. 32-Brian Walker to LSV 16 for 1 yards. Tackle by 84-Sandy Ward. Pressure by 67-Eugene Purdy. NTS 71-Andrew Viera was injured on the play.</t>
   </si>
   <si>
-    <t>#13 Robert Walsh - WR</t>
+    <t>#13 Robert Walsh - RB</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-LSV 16 (0:12) 14-Nicholas Hawkes kneeled down to LSV 16 for -0 yards.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -2311,73 +2311,73 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>