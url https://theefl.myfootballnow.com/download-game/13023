--- v2 (2026-01-16)
+++ v3 (2026-03-18)
@@ -575,54 +575,54 @@
   <si>
     <t>#42 Jason Hurley - RB</t>
   </si>
   <si>
     <t>#60 James Gruber - RT</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>NTS 7</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NTS 7 (8:50) 9-Justin Hulbert pass incomplete, intended for 89-Christopher Hall.</t>
   </si>
   <si>
     <t>#9 Justin Hulbert - QB</t>
   </si>
   <si>
-    <t>#39 Christopher Emery - LG</t>
-[...2 lines deleted...]
-    <t>#83 Christopher Hall - TE</t>
+    <t>#59 Christopher Emery - LG</t>
+  </si>
+  <si>
+    <t>#87 Christopher Hall - TE</t>
   </si>
   <si>
     <t>#84 Sandy Ward - WR</t>
   </si>
   <si>
     <t>#88 Lewis Hatch - WR</t>
   </si>
   <si>
     <t>#73 Clarence Griswold - LG</t>
   </si>
   <si>
     <t>#72 Michael Mobley - RG</t>
   </si>
   <si>
     <t>#59 Alejandro Mosley - RG</t>
   </si>
   <si>
     <t>#63 Micheal Horvath - RG</t>
   </si>
   <si>
     <t>#71 Andrew Viera - C</t>
   </si>
   <si>
     <t>#95 Israel Wright - DT</t>
   </si>
@@ -1910,51 +1910,51 @@
   <si>
     <t>3-12-LSV 42 (0:51) 9-Justin Hulbert pass Pass knocked down by 54-Randolph Huynh. incomplete, intended for 84-Sandy Ward.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>4-12-LSV 42 (0:48) 9-Justin Hulbert pass complete to 28-Jeffery Lewis to LSV 24 for 18 yards.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
   <si>
     <t>1-10-LSV 24 (0:42) 9-Justin Hulbert pass complete to 42-Jason Hurley to LSV 19 for 5 yards. Tackle by 91-Robert Pellham.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>2-5-LSV 19 (0:16) 9-Justin Hulbert pass INTERCEPTED by 32-Brian Walker at LSV 15. 32-Brian Walker to LSV 16 for 1 yards. Tackle by 84-Sandy Ward. Pressure by 67-Eugene Purdy. NTS 71-Andrew Viera was injured on the play.</t>
   </si>
   <si>
-    <t>#13 Robert Walsh - RB</t>
+    <t>#13 Robert Walsh - WR</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-LSV 16 (0:12) 14-Nicholas Hawkes kneeled down to LSV 16 for -0 yards.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>