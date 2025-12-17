--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -287,66 +287,66 @@
   <si>
     <t>ATC has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>ATC</t>
   </si>
   <si>
     <t>ATC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Gregory Dejean kicks 75 yards from ATC 35 to SAL -10. Touchback.</t>
   </si>
   <si>
     <t>#12 Herbert Whitcomb - WR</t>
   </si>
   <si>
     <t>#22 James Barry - SS</t>
   </si>
   <si>
-    <t>#52 Willie Flores - WLB</t>
+    <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#47 Jeffery Worthington - CB</t>
   </si>
   <si>
     <t>#57 Robert Watson - LDE</t>
   </si>
   <si>
     <t>#27 Johnathan Kim - FS</t>
   </si>
   <si>
     <t>#34 Albert Reed - CB</t>
   </si>
   <si>
-    <t>#59 Chad Brewer - DT</t>
+    <t>#55 Chad Brewer - DT</t>
   </si>
   <si>
     <t>#90 Robert Bernard - LDE</t>
   </si>
   <si>
     <t>#31 Samuel Schenck - CB</t>
   </si>
   <si>
     <t>#96 Christopher Coachman - MLB</t>
   </si>
   <si>
     <t>#9 Gregory Dejean - K</t>
   </si>
   <si>
     <t>SAL</t>
   </si>
   <si>
     <t>SAL 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -500,78 +500,78 @@
   <si>
     <t>#51 Ronald Ridge - RT</t>
   </si>
   <si>
     <t>#56 Phillip Koenig - LG</t>
   </si>
   <si>
     <t>#54 Alan Miller - MLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>ATC 16</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-ATC 16 (12:48) 34-Paul Benson ran to ATC 17 for 1 yards. Tackle by 78-Kenneth Karp.</t>
   </si>
   <si>
-    <t>#8 Harold Elkins - QB</t>
+    <t>#16 Harold Elkins - QB</t>
   </si>
   <si>
     <t>#34 Paul Benson - RB</t>
   </si>
   <si>
     <t>#38 Homer Alejos - FB</t>
   </si>
   <si>
-    <t>#80 Richard Quimby - TE</t>
-[...2 lines deleted...]
-    <t>#65 Larry Lewis - LT</t>
+    <t>#10 Richard Quimby - FB</t>
+  </si>
+  <si>
+    <t>#65 Larry Lewis - RG</t>
   </si>
   <si>
     <t>#62 Leonardo Glenn - LG</t>
   </si>
   <si>
     <t>#56 Joseph Clifford - RT</t>
   </si>
   <si>
     <t>#79 Mike Cash - RG</t>
   </si>
   <si>
-    <t>#61 Jose Burress - RT</t>
-[...2 lines deleted...]
-    <t>#50 Kenneth Karp - DT</t>
+    <t>#61 Jose Burress - LT</t>
+  </si>
+  <si>
+    <t>#62 Kenneth Karp - DT</t>
   </si>
   <si>
     <t>#93 Billy Bell - RDE</t>
   </si>
   <si>
     <t>#50 Brandon Bland - SLB</t>
   </si>
   <si>
     <t>#90 Elbert William - FS</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>ATC 17</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>2-9-ATC 17 (12:13) 34-Paul Benson ran to ATC 22 for 5 yards. Tackle by 92-Kenneth Ramirez.</t>
   </si>
   <si>
     <t>#92 Kenneth Ramirez - MLB</t>
   </si>
@@ -857,51 +857,51 @@
   <si>
     <t>2-5-ATC 22 (1:51) 36-David Waggoner ran to ATC 20 for 2 yards. Tackle by 86-Robert Peacock.</t>
   </si>
   <si>
     <t>1:15</t>
   </si>
   <si>
     <t>ATC 20</t>
   </si>
   <si>
     <t>3-4-ATC 20 (1:14) 36-David Waggoner ran to ATC 17 for 3 yards. Tackle by 53-Thomas Duran.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-ATC 17 (0:29) 8-Willis Cashin 35 yard field goal is GOOD. SAL 3 ATC 0</t>
   </si>
   <si>
-    <t>#8 Willis Cashin - K</t>
+    <t>#11 Willis Cashin - K</t>
   </si>
   <si>
     <t>#89 Steven Jimenes - TE</t>
   </si>
   <si>
     <t>#99 Glenn White - LDE</t>
   </si>
   <si>
     <t>#59 Edward Richardson - LDE</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>(0:27) 8-Willis Cashin kicks 65 yards from SAL 35 to ATC 0. 82-Ross Babcock to ATC 24 for 25 yards. Tackle by 34-Albert Reed.</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>ATC 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
@@ -2134,51 +2134,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="299.498" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>