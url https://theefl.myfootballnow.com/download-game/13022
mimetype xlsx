--- v1 (2025-12-17)
+++ v2 (2026-03-17)
@@ -305,120 +305,120 @@
   <si>
     <t>#12 Herbert Whitcomb - WR</t>
   </si>
   <si>
     <t>#22 James Barry - SS</t>
   </si>
   <si>
     <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#47 Jeffery Worthington - CB</t>
   </si>
   <si>
     <t>#57 Robert Watson - LDE</t>
   </si>
   <si>
     <t>#27 Johnathan Kim - FS</t>
   </si>
   <si>
     <t>#34 Albert Reed - CB</t>
   </si>
   <si>
     <t>#55 Chad Brewer - DT</t>
   </si>
   <si>
-    <t>#90 Robert Bernard - LDE</t>
+    <t>#90 Robert Bernard - DT</t>
   </si>
   <si>
     <t>#31 Samuel Schenck - CB</t>
   </si>
   <si>
-    <t>#96 Christopher Coachman - MLB</t>
-[...2 lines deleted...]
-    <t>#9 Gregory Dejean - K</t>
+    <t>#91 Christopher Coachman - MLB</t>
+  </si>
+  <si>
+    <t>#18 Gregory Dejean - K</t>
   </si>
   <si>
     <t>SAL</t>
   </si>
   <si>
     <t>SAL 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-SAL 25 (15:00) 32-Greg Bone ran to SAL 24 for -1 yards. Tackle by 58-Jack White.</t>
   </si>
   <si>
     <t>#17 Gary Robbins - QB</t>
   </si>
   <si>
     <t>#36 David Waggoner - RB</t>
   </si>
   <si>
     <t>#32 Greg Bone - RB</t>
   </si>
   <si>
     <t>#10 John Chavez - WR</t>
   </si>
   <si>
     <t>#18 Michael Campbell - WR</t>
   </si>
   <si>
     <t>#83 Dennis Sabatino - WR</t>
   </si>
   <si>
-    <t>#73 Charles Brown - LT</t>
+    <t>#69 Charles Brown - LT</t>
   </si>
   <si>
     <t>#63 Robert Woods - LG</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
     <t>#75 Everett Ward - RG</t>
   </si>
   <si>
     <t>#68 Tommy Eddy - RG</t>
   </si>
   <si>
     <t>#11 Francis Falcone - RDE</t>
   </si>
   <si>
     <t>#86 Robert Peacock - DT</t>
   </si>
   <si>
-    <t>#91 Jim Grover - DT</t>
-[...2 lines deleted...]
-    <t>#77 Philip Espinoza - RDE</t>
+    <t>#96 Jim Grover - DT</t>
+  </si>
+  <si>
+    <t>#77 Philip Espinoza - LDE</t>
   </si>
   <si>
     <t>#59 Jack White - MLB</t>
   </si>
   <si>
     <t>#53 Jose Hammonds - WLB</t>
   </si>
   <si>
     <t>#28 Robert Heffner - CB</t>
   </si>
   <si>
     <t>#32 Maurice Kistler - CB</t>
   </si>
   <si>
     <t>#31 Tommy Redwine - CB</t>
   </si>
   <si>
     <t>#22 Curtis Hagler - CB</t>
   </si>
   <si>
     <t>#44 Ken Gonzales - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>SAL 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-SAL 35 (12:54) 6-Jerry Larkin punts 49 yards to ATC 16. Fair Catch by 82-Ross Babcock.</t>
   </si>
   <si>
     <t>#6 Jerry Larkin - P</t>
   </si>
   <si>
     <t>#86 Frederick Nickerson - TE</t>
   </si>
   <si>
     <t>#82 Ross Babcock - WR</t>
   </si>
   <si>
-    <t>#84 Richard Magno - WR</t>
+    <t>#18 Richard Magno - WR</t>
   </si>
   <si>
     <t>#53 Jerome Villa - MLB</t>
   </si>
   <si>
     <t>#54 Jeremy Fultz - C</t>
   </si>
   <si>
     <t>#51 Ronald Ridge - RT</t>
   </si>
   <si>
     <t>#56 Phillip Koenig - LG</t>
   </si>
   <si>
     <t>#54 Alan Miller - MLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>ATC 16</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>ATC 49</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-6-ATC 49 (7:08) 21-Joseph Michie ran to ATC 47 for -2 yards. Tackle by 52-Willie Flores.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>ATC 47</t>
   </si>
   <si>
     <t>4-8-ATC 47 (6:25) 7-Steven Adams punts 54 yards to SAL -1. PENALTY - Offsides (SAL 50-Brandon Bland)</t>
   </si>
   <si>
     <t>#7 Steven Adams - P</t>
   </si>
   <si>
-    <t>#60 Pedro White - C</t>
+    <t>#62 Pedro White - RT</t>
   </si>
   <si>
     <t>#51 Donald Pearson - RT</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>SAL 48</t>
   </si>
   <si>
     <t>4-3-SAL 48 (6:17) 7-Steven Adams punts 42 yards to SAL 5.</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>SAL 5</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-SAL 5 (6:10) 36-David Waggoner ran to SAL 6 for a short gain. Tackle by 49-Jose Hammonds.</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t>3-4-ATC 20 (1:14) 36-David Waggoner ran to ATC 17 for 3 yards. Tackle by 53-Thomas Duran.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-ATC 17 (0:29) 8-Willis Cashin 35 yard field goal is GOOD. SAL 3 ATC 0</t>
   </si>
   <si>
     <t>#11 Willis Cashin - K</t>
   </si>
   <si>
     <t>#89 Steven Jimenes - TE</t>
   </si>
   <si>
     <t>#99 Glenn White - LDE</t>
   </si>
   <si>
-    <t>#59 Edward Richardson - LDE</t>
+    <t>#96 Edward Richardson - LDE</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>(0:27) 8-Willis Cashin kicks 65 yards from SAL 35 to ATC 0. 82-Ross Babcock to ATC 24 for 25 yards. Tackle by 34-Albert Reed.</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>ATC 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-ATC 24 (0:22) 21-Joseph Michie ran to ATC 25 for 1 yards. Tackle by 50-Brandon Bland. 42-Joe Dixon was completely beat on that play.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
@@ -1154,51 +1154,51 @@
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>SAL 28</t>
   </si>
   <si>
     <t>4-7-SAL 28 (3:08) 6-Jerry Larkin punts 54 yards to ATC 18.</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>ATC 18</t>
   </si>
   <si>
     <t>Shotgun 5 Wide 5 WR Corner Post</t>
   </si>
   <si>
     <t>1-10-ATC 18 (2:59) 2-Harold Elkins pass Pass knocked down by 20-Lloyd Scott. incomplete, intended for 85-Craig Banker.</t>
   </si>
   <si>
     <t>#83 James Abeyta - WR</t>
   </si>
   <si>
-    <t>#20 Lloyd Scott - FS</t>
+    <t>#96 Lloyd Scott - MLB</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>2-10-ATC 18 (2:54) 2-Harold Elkins pass complete to 80-Richard Quimby to ATC 23 for 5 yards. Tackle by 31-Samuel Schenck.</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>ATC 23</t>
   </si>
   <si>
     <t>3-5-ATC 23 (2:15) 2-Harold Elkins pass complete to 20-Luis Phelps to ATC 28 for 4 yards. Tackle by 90-Elbert William. 20-Luis Phelps did some fancy footwork there.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>4-1-ATC 28 (2:00) 7-Steven Adams punts 50 yards to SAL 22. 30-Herbert Whitcomb to SAL 32 for 10 yards. Tackle by 34-Paul Benson.</t>
   </si>
@@ -2155,94 +2155,94 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="299.498" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>