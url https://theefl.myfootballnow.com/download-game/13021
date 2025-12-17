--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -290,63 +290,63 @@
   <si>
     <t>NVr</t>
   </si>
   <si>
     <t>NVr 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Kenneth Fuller kicks 64 yards from NVr 35 to ROC 1. 11-Jerry Kaplan for 100yards. TOUCHDOWN! NVr 68-Trevor Proctor was injured on the play. He looks like he should be able to return. NVr 0 ROC 6</t>
   </si>
   <si>
     <t>#20 Jerry Kaplan - RB</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
-    <t>#8 James Habersham Jr. - MLB</t>
+    <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
     <t>#89 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#57 Larry Cosper - C</t>
   </si>
   <si>
-    <t>#55 Robbie Farley - WLB</t>
+    <t>#94 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#99 Skye  Passeren - LDE</t>
   </si>
   <si>
     <t>#17 Kenneth Fuller - K</t>
   </si>
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>NVr 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -362,141 +362,141 @@
   <si>
     <t>#75 Bryan Kimball - RG</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
   <si>
     <t>#81 Mario Hursey - TE</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#48 Scooter Springs - TE</t>
   </si>
   <si>
     <t>#71 Vernon Byrne - RT</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
-    <t>#63 Kenneth Galindo - C</t>
+    <t>#68 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#67 Stephen Mixon - RT</t>
   </si>
   <si>
     <t>#74 Scott Linton - DT</t>
   </si>
   <si>
     <t>#76 David Alvarez - DT</t>
   </si>
   <si>
     <t>#53 David Crews - MLB</t>
   </si>
   <si>
     <t>#78 Richard Vallejo - RDE</t>
   </si>
   <si>
     <t>#87 James Lowther - WR</t>
   </si>
   <si>
-    <t>#23 Lem Barney - SS</t>
+    <t>#43 Lem Barney - SS</t>
   </si>
   <si>
     <t>#91 Clifford Daniels - MLB</t>
   </si>
   <si>
     <t>#77 Paul Richards - LDE</t>
   </si>
   <si>
-    <t>#51 Herman Doucette - SLB</t>
+    <t>#99 Herman Doucette - MLB</t>
   </si>
   <si>
     <t>#20 John Feng - CB</t>
   </si>
   <si>
     <t>#56 David Daniels - WLB</t>
   </si>
   <si>
     <t>ROC 35</t>
   </si>
   <si>
     <t>(14:46) 16-Kevin Stagner kicks 75 yards from ROC 35 to NVr -10. Touchback.</t>
   </si>
   <si>
-    <t>#31 Jimmy Mattoon - RB</t>
+    <t>#17 Jimmy Mattoon - WR</t>
   </si>
   <si>
     <t>#86 David Parker - WR</t>
   </si>
   <si>
     <t>#29 Michael Rivas - SS</t>
   </si>
   <si>
     <t>#21 Jay Evans - CB</t>
   </si>
   <si>
     <t>#28 Jerome Grant - WLB</t>
   </si>
   <si>
     <t>#21 Curtis Norton - SS</t>
   </si>
   <si>
     <t>NVr 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NVr 25 (14:46) 35-Mercury Morris ran to NVr 31 for 6 yards. Tackle by 40-Gerardo Montgomery.</t>
   </si>
   <si>
     <t>#3 Richard Black - QB</t>
   </si>
   <si>
     <t>#35 Mercury Morris - RB</t>
   </si>
   <si>
     <t>#47 William Alfano - FB</t>
   </si>
   <si>
     <t>#83 Jason Goldberg - TE</t>
   </si>
   <si>
-    <t>#85 Frank Thurston - WR</t>
-[...2 lines deleted...]
-    <t>#88 Golden Richards - WR</t>
+    <t>#89 Frank Thurston - WR</t>
+  </si>
+  <si>
+    <t>#86 Golden Richards - WR</t>
   </si>
   <si>
     <t>#67 Casey Smith - LG</t>
   </si>
   <si>
     <t>#65 Kenneth Hopp - LG</t>
   </si>
   <si>
     <t>#65 Rick Nichols - C</t>
   </si>
   <si>
     <t>#64 Alan Leonard - RT</t>
   </si>
   <si>
     <t>#60 Glenn Greene - RT</t>
   </si>
   <si>
     <t>#55 Matthew Jones - DT</t>
   </si>
   <si>
     <t>#55 Richard Young - MLB</t>
   </si>
   <si>
     <t>#40 Gerardo Montgomery - WLB</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>(11:17) Extra point GOOD by 7-Kenneth Fuller. NVr 7 ROC 7</t>
   </si>
   <si>
     <t>(11:17) 7-Kenneth Fuller kicks 74 yards from NVr 35 to ROC -9. 11-Jerry Kaplan to ROC 28 for 36 yards. Tackle by 7-Kenneth Fuller.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>ROC 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-10-ROC 28 (11:11) 5-Richard Barbour pass Pass knocked down by 21-Jay Evans. incomplete, intended for 80-Mason Jahr.</t>
   </si>
   <si>
     <t>#2 Willie Droppett - RB</t>
   </si>
   <si>
-    <t>#24 Clarence Scott - FS</t>
+    <t>#37 Clarence Scott - FS</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-10-ROC 28 (11:07) 5-Richard Barbour pass complete to 12-Alex Krueger to ROC 34 for 6 yards. Tackle by 51-Herman Doucette. 18-Roy Kahle was completely beat on that play.</t>
   </si>
   <si>
     <t>#71 Robert Harper - RDE</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>ROC 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>ROC 36</t>
   </si>
   <si>
     <t>4-2-ROC 36 (9:48) 13-Marcus Testa punts 47 yards to NVr 17. Fair Catch by 25-Jimmy Mattoon.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>NVr 17</t>
   </si>
   <si>
     <t>I Formation Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NVr 17 (9:41) 35-Mercury Morris ran to NVr 21 for 4 yards. Tackle by 99-Skye  Passeren.</t>
   </si>
   <si>
-    <t>#96 Steven Southard - MLB</t>
+    <t>#50 Steven Southard - MLB</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>NVr 21</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-6-NVr 21 (9:06) 3-Richard Black pass complete to 36-Frank Thurston to NVr 29 for 7 yards. Tackle by 7-Frank Sherrod.</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>NVr 29</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>1-10-NVr 29 (8:25) 35-Mercury Morris ran to NVr 27 for -2 yards. Tackle by 89-Richard Locke.</t>
   </si>
@@ -773,54 +773,54 @@
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-12-NVr 27 (7:50) 3-Richard Black pass Pass knocked down by 8-James Habersham Jr.. incomplete, intended for 83-Jason Goldberg. PENALTY - Offsides (ROC 90-Charles Wyrick)</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>NVr 32</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-NVr 32 (7:47) 3-Richard Black sacked at NVr 25 for -7 yards (89-Richard Locke). Sack allowed by 60-Glenn Greene.</t>
   </si>
   <si>
     <t>#89 Nicholas Coleman - WR</t>
   </si>
   <si>
-    <t>#17 Robert Rodriguez - WR</t>
-[...2 lines deleted...]
-    <t>#36 Steven Muniz - FS</t>
+    <t>#18 Robert Rodriguez - WR</t>
+  </si>
+  <si>
+    <t>#22 Steven Muniz - CB</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-14-NVr 25 (7:06) 3-Richard Black sacked at NVr 15 for -10 yards (99-Skye  Passeren). Sack allowed by 72-Casey Smith.</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>4-24-NVr 15 (6:32) 1-John Lemke punts 44 yards to ROC 41. Fair Catch by 80-Mason Jahr.</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>ROC 41</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
@@ -2299,92 +2299,92 @@
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>