--- v1 (2025-12-17)
+++ v2 (2026-01-16)
@@ -293,231 +293,231 @@
   <si>
     <t>NVr 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Kenneth Fuller kicks 64 yards from NVr 35 to ROC 1. 11-Jerry Kaplan for 100yards. TOUCHDOWN! NVr 68-Trevor Proctor was injured on the play. He looks like he should be able to return. NVr 0 ROC 6</t>
   </si>
   <si>
     <t>#20 Jerry Kaplan - RB</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
+    <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#57 Larry Cosper - C</t>
   </si>
   <si>
     <t>#94 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#99 Skye  Passeren - LDE</t>
   </si>
   <si>
     <t>#17 Kenneth Fuller - K</t>
   </si>
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>NVr 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:46) Extra point GOOD by 16-Kevin Stagner. NVr 0 ROC 7</t>
   </si>
   <si>
-    <t>#13 Marcus Testa - P</t>
-[...2 lines deleted...]
-    <t>#75 Bryan Kimball - RG</t>
+    <t>#1 Marcus Testa - P</t>
+  </si>
+  <si>
+    <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
   <si>
     <t>#81 Mario Hursey - TE</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#48 Scooter Springs - TE</t>
   </si>
   <si>
     <t>#71 Vernon Byrne - RT</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
-    <t>#68 Kenneth Galindo - C</t>
+    <t>#79 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#67 Stephen Mixon - RT</t>
   </si>
   <si>
     <t>#74 Scott Linton - DT</t>
   </si>
   <si>
     <t>#76 David Alvarez - DT</t>
   </si>
   <si>
     <t>#53 David Crews - MLB</t>
   </si>
   <si>
     <t>#78 Richard Vallejo - RDE</t>
   </si>
   <si>
     <t>#87 James Lowther - WR</t>
   </si>
   <si>
-    <t>#43 Lem Barney - SS</t>
+    <t>#23 Lem Barney - CB</t>
   </si>
   <si>
     <t>#91 Clifford Daniels - MLB</t>
   </si>
   <si>
     <t>#77 Paul Richards - LDE</t>
   </si>
   <si>
     <t>#99 Herman Doucette - MLB</t>
   </si>
   <si>
-    <t>#20 John Feng - CB</t>
+    <t>#29 John Feng - CB</t>
   </si>
   <si>
     <t>#56 David Daniels - WLB</t>
   </si>
   <si>
     <t>ROC 35</t>
   </si>
   <si>
     <t>(14:46) 16-Kevin Stagner kicks 75 yards from ROC 35 to NVr -10. Touchback.</t>
   </si>
   <si>
     <t>#17 Jimmy Mattoon - WR</t>
   </si>
   <si>
     <t>#86 David Parker - WR</t>
   </si>
   <si>
     <t>#29 Michael Rivas - SS</t>
   </si>
   <si>
-    <t>#21 Jay Evans - CB</t>
+    <t>#21 Jay Evans - SS</t>
   </si>
   <si>
     <t>#28 Jerome Grant - WLB</t>
   </si>
   <si>
     <t>#21 Curtis Norton - SS</t>
   </si>
   <si>
     <t>NVr 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NVr 25 (14:46) 35-Mercury Morris ran to NVr 31 for 6 yards. Tackle by 40-Gerardo Montgomery.</t>
   </si>
   <si>
     <t>#3 Richard Black - QB</t>
   </si>
   <si>
     <t>#35 Mercury Morris - RB</t>
   </si>
   <si>
     <t>#47 William Alfano - FB</t>
   </si>
   <si>
     <t>#83 Jason Goldberg - TE</t>
   </si>
   <si>
     <t>#89 Frank Thurston - WR</t>
   </si>
   <si>
     <t>#86 Golden Richards - WR</t>
   </si>
   <si>
-    <t>#67 Casey Smith - LG</t>
+    <t>#68 Casey Smith - LG</t>
   </si>
   <si>
     <t>#65 Kenneth Hopp - LG</t>
   </si>
   <si>
-    <t>#65 Rick Nichols - C</t>
+    <t>#73 Rick Nichols - RT</t>
   </si>
   <si>
     <t>#64 Alan Leonard - RT</t>
   </si>
   <si>
     <t>#60 Glenn Greene - RT</t>
   </si>
   <si>
     <t>#55 Matthew Jones - DT</t>
   </si>
   <si>
-    <t>#55 Richard Young - MLB</t>
+    <t>#56 Richard Young - MLB</t>
   </si>
   <si>
     <t>#40 Gerardo Montgomery - WLB</t>
   </si>
   <si>
     <t>#33 Charles Canchola - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>NVr 31</t>
   </si>
   <si>
     <t>I Formation Big Streak Heavy</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-4-NVr 31 (14:09) 3-Richard Black sacked at NVr 22 for -9 yards (89-Richard Locke). Sack allowed by 60-Glenn Greene. NVr 72-Casey Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1199,51 +1199,51 @@
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-4-NVr 4 (7:55) 33-Timothy Hill ran to NVr 0 for 4 yards. Tackle by 51-Herman Doucette. NVr 97-Curly Culp was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#69 Carl Merkel - RG</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>NVr 0</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>2-1-NVr 0 (7:16) 5-Richard Barbour pass complete to 80-Mason Jahr for 0 yards. TOUCHDOWN! NVr 7 ROC 13</t>
   </si>
   <si>
     <t>#27 Trevon Diggs - CB</t>
   </si>
   <si>
-    <t>#26 Wayne Mixon - FS</t>
+    <t>#32 Wayne Mixon - FS</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>(7:14) Extra point GOOD by 16-Kevin Stagner. NVr 7 ROC 14</t>
   </si>
   <si>
     <t>(7:14) 16-Kevin Stagner kicks 74 yards from ROC 35 to NVr -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-NVr 25 (7:14) 3-Richard Black pass complete to 36-Frank Thurston to NVr 39 for 14 yards. Tackle by 7-Frank Sherrod.</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>NVr 39</t>
   </si>
   <si>
     <t>1-10-NVr 39 (6:28) 35-Mercury Morris ran to NVr 34 for -5 yards. Tackle by 99-Skye  Passeren.</t>
   </si>
@@ -2292,69 +2292,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>