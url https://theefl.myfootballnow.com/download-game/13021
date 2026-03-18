--- v2 (2026-01-16)
+++ v3 (2026-03-18)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 7-Kenneth Fuller kicks 64 yards from NVr 35 to ROC 1. 11-Jerry Kaplan for 100yards. TOUCHDOWN! NVr 68-Trevor Proctor was injured on the play. He looks like he should be able to return. NVr 0 ROC 6</t>
   </si>
   <si>
     <t>#20 Jerry Kaplan - RB</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
     <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#57 Larry Cosper - C</t>
   </si>
   <si>
-    <t>#94 Robbie Farley - WLB</t>
+    <t>#98 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#99 Skye  Passeren - LDE</t>
   </si>
   <si>
     <t>#17 Kenneth Fuller - K</t>
   </si>
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>NVr 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
   <si>
     <t>#81 Mario Hursey - TE</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#48 Scooter Springs - TE</t>
   </si>
   <si>
     <t>#71 Vernon Byrne - RT</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
-    <t>#79 Kenneth Galindo - C</t>
+    <t>#65 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#67 Stephen Mixon - RT</t>
   </si>
   <si>
     <t>#74 Scott Linton - DT</t>
   </si>
   <si>
     <t>#76 David Alvarez - DT</t>
   </si>
   <si>
     <t>#53 David Crews - MLB</t>
   </si>
   <si>
     <t>#78 Richard Vallejo - RDE</t>
   </si>
   <si>
     <t>#87 James Lowther - WR</t>
   </si>
   <si>
     <t>#23 Lem Barney - CB</t>
   </si>
   <si>
     <t>#91 Clifford Daniels - MLB</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>#68 Casey Smith - LG</t>
   </si>
   <si>
     <t>#65 Kenneth Hopp - LG</t>
   </si>
   <si>
     <t>#73 Rick Nichols - RT</t>
   </si>
   <si>
     <t>#64 Alan Leonard - RT</t>
   </si>
   <si>
     <t>#60 Glenn Greene - RT</t>
   </si>
   <si>
     <t>#55 Matthew Jones - DT</t>
   </si>
   <si>
     <t>#56 Richard Young - MLB</t>
   </si>
   <si>
     <t>#40 Gerardo Montgomery - WLB</t>
   </si>
   <si>
-    <t>#33 Charles Canchola - CB</t>
+    <t>#28 Charles Canchola - CB</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>NVr 31</t>
   </si>
   <si>
     <t>I Formation Big Streak Heavy</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-4-NVr 31 (14:09) 3-Richard Black sacked at NVr 22 for -9 yards (89-Richard Locke). Sack allowed by 60-Glenn Greene. NVr 72-Casey Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Calvin Taylor - FB</t>
   </si>
   <si>
     <t>#68 Michael White - DT</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-NVr 8 (4:15) 3-Richard Black pass complete to 83-Jason Goldberg to NVr 41 for 33 yards. Tackle by 49-Scotty Johnson. 49-Scotty Johnson got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:39</t>
   </si>
   <si>
     <t>NVr 41</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NVr 41 (3:38) 3-Richard Black pass complete to 40-William Alfano to NVr 45 for 4 yards. Tackle by 7-Frank Sherrod. PENALTY - Holding (NVr 78-Rick Nichols)</t>
   </si>
   <si>
-    <t>#95 Cole  Slaugh - MLB</t>
+    <t>#55 Cole  Slaugh - MLB</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>I Formation 3WR WR Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-20-NVr 31 (3:35) 3-Richard Black pass incomplete, dropped by 81-Robert Rodriguez.</t>
   </si>
   <si>
     <t>3:27</t>
   </si>
   <si>
     <t>I Formation Normal TE Out</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-20-NVr 31 (3:28) 3-Richard Black sacked at NVr 21 for -9 yards (74-Matthew Jones). Sack allowed by 76-Alan Leonard.</t>
   </si>