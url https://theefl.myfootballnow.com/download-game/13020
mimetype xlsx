--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -356,69 +356,69 @@
   <si>
     <t>#11 Franklin Williams - QB</t>
   </si>
   <si>
     <t>#30 Mario Harvey - RB</t>
   </si>
   <si>
     <t>#40 Gustavo Bivens - FB</t>
   </si>
   <si>
     <t>#82 Charles Rauscher - TE</t>
   </si>
   <si>
     <t>#81 Shawn Ramirez - WR</t>
   </si>
   <si>
     <t>#89 Johnnie Zeitz - WR</t>
   </si>
   <si>
     <t>#51 Loren Blue - LT</t>
   </si>
   <si>
     <t>#62 Jacob Ainsworth - LG</t>
   </si>
   <si>
-    <t>#63 Joseph Williams - C</t>
+    <t>#71 Joseph Williams - C</t>
   </si>
   <si>
     <t>#67 Ralph Kung - RG</t>
   </si>
   <si>
     <t>#74 Walter Velasco - RT</t>
   </si>
   <si>
     <t>#68 Gustavo Harris - RDE</t>
   </si>
   <si>
     <t>#99 Odell Wynkoop - RDE</t>
   </si>
   <si>
     <t>#96 Dan Wesley - LDE</t>
   </si>
   <si>
-    <t>#93 Joel Fernandez - RDE</t>
+    <t>#37 Joel Fernandez - FS</t>
   </si>
   <si>
     <t>#91 Hubert Eaton - RDE</t>
   </si>
   <si>
     <t>#52 Arnold James - SLB</t>
   </si>
   <si>
     <t>#98 Benjamin Sayre - RDE</t>
   </si>
   <si>
     <t>#64 John Jones - WLB</t>
   </si>
   <si>
     <t>#23 James McCray - CB</t>
   </si>
   <si>
     <t>#4 Charles Lebel - CB</t>
   </si>
   <si>
     <t>#43 Bryan Jin - SS</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
@@ -434,93 +434,93 @@
   <si>
     <t>#10 Doug Rademacher - QB</t>
   </si>
   <si>
     <t>#7 Bryan Seefeldt - RB</t>
   </si>
   <si>
     <t>#88 Nicholas Garrett - WR</t>
   </si>
   <si>
     <t>#44 Jon Wright - FB</t>
   </si>
   <si>
     <t>#86 Jason Lawrence - WR</t>
   </si>
   <si>
     <t>#19 Kenneth Barbosa - WR</t>
   </si>
   <si>
     <t>#59 Ryan Henderson - LT</t>
   </si>
   <si>
     <t>#75 Franklin Wallace - LG</t>
   </si>
   <si>
-    <t>#75 William Mohn - C</t>
+    <t>#60 William Mohn - C</t>
   </si>
   <si>
     <t>#69 Hung Hughs - RG</t>
   </si>
   <si>
     <t>#70 Richard Durr - RT</t>
   </si>
   <si>
     <t>#96 Rogelio Bland - DT</t>
   </si>
   <si>
     <t>#95 Antonio Johnson - DT</t>
   </si>
   <si>
     <t>#99 Larry Condon - LDE</t>
   </si>
   <si>
     <t>#56 Carl Carney - SLB</t>
   </si>
   <si>
     <t>#59 Stanley Ordonez - MLB</t>
   </si>
   <si>
     <t>#23 Ted Martinez - CB</t>
   </si>
   <si>
     <t>#47 Eric Nguyen - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-SDR 25 (14:56) 10-Doug Rademacher pass Pass knocked down by 59-Stanley Ordonez. incomplete, intended for 16-James Williams. 59-Stanley Ordonez got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#16 James Williams - RB</t>
+    <t>#16 James Williams - WR</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-SDR 25 (14:52) 7-Bryan Seefeldt ran to SDR 13 for 13 yards. Tackle by 47-Eric Nguyen.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>SDR 13</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -632,51 +632,51 @@
   <si>
     <t>#84 Jeffrey Cohen - TE</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>SDR 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-SDR 32 (10:42) 4-Robert Lott punts 43 yards to ODr 24. Fair Catch by 19-Kenneth Barbosa.</t>
   </si>
   <si>
     <t>#4 Robert Lott - P</t>
   </si>
   <si>
     <t>#23 Anthony Mason - RB</t>
   </si>
   <si>
-    <t>#20 Darrick Beaulieu - CB</t>
+    <t>#25 Darrick Beaulieu - CB</t>
   </si>
   <si>
     <t>#3 John Smith - CB</t>
   </si>
   <si>
     <t>#1 Jose Jefferson - K</t>
   </si>
   <si>
     <t>#13 John Spence - P</t>
   </si>
   <si>
     <t>#70 Ian Wolfe - LT</t>
   </si>
   <si>
     <t>#31 Phillip Amos - FS</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>DVD 24</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
@@ -2205,51 +2205,51 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="306.639" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>