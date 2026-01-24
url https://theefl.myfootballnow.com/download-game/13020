--- v1 (2025-12-25)
+++ v2 (2026-01-24)
@@ -311,51 +311,51 @@
   <si>
     <t>#54 Herbert Derry - MLB</t>
   </si>
   <si>
     <t>#57 Derrick Gonzalez - DT</t>
   </si>
   <si>
     <t>#50 Michael Martinez - WLB</t>
   </si>
   <si>
     <t>#22 Alvin Collinson - CB</t>
   </si>
   <si>
     <t>#47 Michael Teague - SS</t>
   </si>
   <si>
     <t>#98 Eric Langford - LDE</t>
   </si>
   <si>
     <t>#45 Christopher Terrell - CB</t>
   </si>
   <si>
     <t>#28 Robert Strickland - CB</t>
   </si>
   <si>
-    <t>#41 Donald Shaffer - FS</t>
+    <t>#29 Donald Shaffer - FS</t>
   </si>
   <si>
     <t>#12 Demarcus Demarco - K</t>
   </si>
   <si>
     <t>SDR</t>
   </si>
   <si>
     <t>SDR 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-SDR 25 (15:00) 11-Franklin Williams FUMBLES recovered by ODr-94-Dan Wesley at SDR 25. Tackle by 63-Joseph Williams.</t>
   </si>
   <si>
     <t>#11 Franklin Williams - QB</t>
   </si>
   <si>
     <t>#30 Mario Harvey - RB</t>
   </si>
@@ -953,51 +953,51 @@
   <si>
     <t>1-10-SDR 22 (13:44) 10-Doug Rademacher pass complete to 84-James Weldon to SDR 8 for 14 yards. Tackle by 47-Eric Nguyen.</t>
   </si>
   <si>
     <t>#84 James Weldon - TE</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>SDR 8</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-8-SDR 8 (13:06) 28-Terry Velazquez ran to SDR 10 for -1 yards. Tackle by 95-Donald Fuchs.</t>
   </si>
   <si>
     <t>#85 Lloyd Lingle - TE</t>
   </si>
   <si>
-    <t>#93 Donald Fuchs - RDE</t>
+    <t>#65 Donald Fuchs - RDE</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>SDR 10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-10-SDR 10 (12:27) 7-Bryan Seefeldt ran to SDR 11 for -1 yards. Tackle by 59-Stanley Ordonez.</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>SDR 11</t>
   </si>
   <si>
     <t>3-11-SDR 11 (11:46) 10-Doug Rademacher pass complete to 87-Jon Wright for 11 yards. TOUCHDOWN! SDR 0 ODr 16</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
@@ -1727,51 +1727,51 @@
   <si>
     <t>SDR 7</t>
   </si>
   <si>
     <t>1-10-SDR 7 (3:00) 11-Franklin Williams ran to SDR 29 for 21 yards. 11-Franklin Williams slides to avoid being hit. It looks like the offense is starting to get familiar with that defensive play.</t>
   </si>
   <si>
     <t>2:37</t>
   </si>
   <si>
     <t>SDR 29</t>
   </si>
   <si>
     <t>1-10-SDR 29 (2:36) 11-Franklin Williams pass complete to 81-Shawn Ramirez to SDR 32 for 3 yards. Tackle by 39-Jeremiah Sipe.</t>
   </si>
   <si>
     <t>2:12</t>
   </si>
   <si>
     <t>2-7-SDR 32 (2:11) 11-Franklin Williams pass complete to 80-Casey Maldonado to SDR 44 for 13 yards. Tackle by 43-Bryan Jin.</t>
   </si>
   <si>
     <t>1-10-SDR 44 (2:00) 11-Franklin Williams pass Pass knocked down by 56-Benjamin Sayre. incomplete, intended for 88-Jeffrey Cohen. ODr 91-Hubert Eaton was injured on the play.</t>
   </si>
   <si>
-    <t>#38 Ralph Paz - FS</t>
+    <t>#38 Ralph Paz - WLB</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>2-10-SDR 44 (1:58) 11-Franklin Williams pass Pass knocked down by 24-James McCray. incomplete, intended for 82-Charles Rauscher.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>3-10-SDR 44 (1:56) 11-Franklin Williams pass complete to 81-Shawn Ramirez to ODr 46 for 10 yards. Tackle by 64-John Jones. Nice job by 81-Shawn Ramirez on that route to lose his coverage. Pressure by 68-Gustavo Harris.</t>
   </si>
   <si>
     <t>1:51</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>DVD 46</t>
   </si>
   <si>
     <t>4-1-ODr 46 (1:50) 11-Franklin Williams pass complete to 81-Shawn Ramirez to ODr 37 for 9 yards. Tackle by 24-James McCray.</t>
   </si>