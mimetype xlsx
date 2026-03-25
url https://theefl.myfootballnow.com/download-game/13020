--- v2 (2026-01-24)
+++ v3 (2026-03-25)
@@ -290,51 +290,51 @@
   <si>
     <t>DVD</t>
   </si>
   <si>
     <t>DVD 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Demarcus Demarco kicks 74 yards from ODr 35 to SDR -9. Touchback.</t>
   </si>
   <si>
     <t>#87 Kenneth Hardin - WR</t>
   </si>
   <si>
     <t>#51 Billy Hereford - SLB</t>
   </si>
   <si>
     <t>#54 Herbert Derry - MLB</t>
   </si>
   <si>
-    <t>#57 Derrick Gonzalez - DT</t>
+    <t>#52 Derrick Gonzalez - DT</t>
   </si>
   <si>
     <t>#50 Michael Martinez - WLB</t>
   </si>
   <si>
     <t>#22 Alvin Collinson - CB</t>
   </si>
   <si>
     <t>#47 Michael Teague - SS</t>
   </si>
   <si>
     <t>#98 Eric Langford - LDE</t>
   </si>
   <si>
     <t>#45 Christopher Terrell - CB</t>
   </si>
   <si>
     <t>#28 Robert Strickland - CB</t>
   </si>
   <si>
     <t>#29 Donald Shaffer - FS</t>
   </si>
   <si>
     <t>#12 Demarcus Demarco - K</t>
   </si>
@@ -356,72 +356,72 @@
   <si>
     <t>#11 Franklin Williams - QB</t>
   </si>
   <si>
     <t>#30 Mario Harvey - RB</t>
   </si>
   <si>
     <t>#40 Gustavo Bivens - FB</t>
   </si>
   <si>
     <t>#82 Charles Rauscher - TE</t>
   </si>
   <si>
     <t>#81 Shawn Ramirez - WR</t>
   </si>
   <si>
     <t>#89 Johnnie Zeitz - WR</t>
   </si>
   <si>
     <t>#51 Loren Blue - LT</t>
   </si>
   <si>
     <t>#62 Jacob Ainsworth - LG</t>
   </si>
   <si>
-    <t>#71 Joseph Williams - C</t>
+    <t>#65 Joseph Williams - C</t>
   </si>
   <si>
     <t>#67 Ralph Kung - RG</t>
   </si>
   <si>
     <t>#74 Walter Velasco - RT</t>
   </si>
   <si>
     <t>#68 Gustavo Harris - RDE</t>
   </si>
   <si>
-    <t>#99 Odell Wynkoop - RDE</t>
+    <t>#66 Odell Wynkoop - RDE</t>
   </si>
   <si>
     <t>#96 Dan Wesley - LDE</t>
   </si>
   <si>
     <t>#37 Joel Fernandez - FS</t>
   </si>
   <si>
-    <t>#91 Hubert Eaton - RDE</t>
+    <t>#91 Hubert Eaton - MLB</t>
   </si>
   <si>
     <t>#52 Arnold James - SLB</t>
   </si>
   <si>
     <t>#98 Benjamin Sayre - RDE</t>
   </si>
   <si>
     <t>#64 John Jones - WLB</t>
   </si>
   <si>
     <t>#23 James McCray - CB</t>
   </si>
   <si>
     <t>#4 Charles Lebel - CB</t>
   </si>
   <si>
     <t>#43 Bryan Jin - SS</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
@@ -449,60 +449,60 @@
   <si>
     <t>#19 Kenneth Barbosa - WR</t>
   </si>
   <si>
     <t>#59 Ryan Henderson - LT</t>
   </si>
   <si>
     <t>#75 Franklin Wallace - LG</t>
   </si>
   <si>
     <t>#60 William Mohn - C</t>
   </si>
   <si>
     <t>#69 Hung Hughs - RG</t>
   </si>
   <si>
     <t>#70 Richard Durr - RT</t>
   </si>
   <si>
     <t>#96 Rogelio Bland - DT</t>
   </si>
   <si>
     <t>#95 Antonio Johnson - DT</t>
   </si>
   <si>
-    <t>#99 Larry Condon - LDE</t>
+    <t>#66 Larry Condon - LDE</t>
   </si>
   <si>
     <t>#56 Carl Carney - SLB</t>
   </si>
   <si>
     <t>#59 Stanley Ordonez - MLB</t>
   </si>
   <si>
-    <t>#23 Ted Martinez - CB</t>
+    <t>#48 Ted Martinez - CB</t>
   </si>
   <si>
     <t>#47 Eric Nguyen - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-SDR 25 (14:56) 10-Doug Rademacher pass Pass knocked down by 59-Stanley Ordonez. incomplete, intended for 16-James Williams. 59-Stanley Ordonez got away with a hold on that play.</t>
   </si>
   <si>
     <t>#16 James Williams - WR</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>