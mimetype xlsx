--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -353,87 +353,87 @@
   <si>
     <t>1-10-TAC 25 (15:00) 22-Aaron Ballard ran to TAC 26 for 1 yards. Tackle by 28-Tigger James.</t>
   </si>
   <si>
     <t>#15 Anthony Whiten - QB</t>
   </si>
   <si>
     <t>#68 Greg Omalley - RG</t>
   </si>
   <si>
     <t>#85 McKinley Murguia - WR</t>
   </si>
   <si>
     <t>#15 Winfred Cole - WR</t>
   </si>
   <si>
     <t>#19 Cleo Cresswell - WR</t>
   </si>
   <si>
     <t>#70 Erwin Phillips - LT</t>
   </si>
   <si>
     <t>#70 Curtis Yoder - LG</t>
   </si>
   <si>
-    <t>#67 Christopher Strickland - RG</t>
+    <t>#52 Christopher Strickland - RG</t>
   </si>
   <si>
     <t>#56 Truman Anderson - RG</t>
   </si>
   <si>
     <t>#79 Daniel Tellez - RT</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#57 Thomas Torres - DT</t>
   </si>
   <si>
     <t>#90 John Haga - DT</t>
   </si>
   <si>
     <t>#77 Jake Maloney - RDE</t>
   </si>
   <si>
-    <t>#96 Richard Davis - MLB</t>
+    <t>#57 Richard Davis - MLB</t>
   </si>
   <si>
     <t>#91 Marc Clarc - WLB</t>
   </si>
   <si>
     <t>#32 Everett Sanchez - CB</t>
   </si>
   <si>
     <t>#43 Carl Ross - CB</t>
   </si>
   <si>
     <t>#49 John Barrett - CB</t>
   </si>
   <si>
-    <t>#28 Tigger James - SS</t>
+    <t>#40 Tigger James - SS</t>
   </si>
   <si>
     <t>#42 Manual Pick - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>TAC 26</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-9-TAC 26 (14:20) 22-Aaron Ballard ran to TAC 30 for 4 yards. Tackle by 91-Marc Clarc.</t>
   </si>
   <si>
     <t>#88 John Black - TE</t>
   </si>
   <si>
     <t>#93 Sean Bible - WLB</t>
   </si>
@@ -566,84 +566,84 @@
   <si>
     <t>#45 Chuchu Trane - FB</t>
   </si>
   <si>
     <t>#85 Leon Bachmann - TE</t>
   </si>
   <si>
     <t>#83 Roberto Syed - TE</t>
   </si>
   <si>
     <t>#59 Vincent Smith - RG</t>
   </si>
   <si>
     <t>#74 Jose Aston - C</t>
   </si>
   <si>
     <t>#71 Glen Fairchild - C</t>
   </si>
   <si>
     <t>#64 Patrick Chambers - RT</t>
   </si>
   <si>
     <t>#55 Joe Quinn - LDE</t>
   </si>
   <si>
-    <t>#73 Mark Carter - DT</t>
+    <t>#71 Mark Carter - DT</t>
   </si>
   <si>
     <t>#62 Kyle Plaisance - RDE</t>
   </si>
   <si>
     <t>#52 Douglas Cunningham - MLB</t>
   </si>
   <si>
     <t>#48 Calvin Rigdon - CB</t>
   </si>
   <si>
     <t>#24 Moises Hughes - SS</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-BaB 26 (10:34) 40-Gary Brown ran to BaB 36 for 10 yards. Tackle by 24-Moises Hughes.</t>
   </si>
   <si>
     <t>#40 Gary Brown - RB</t>
   </si>
   <si>
     <t>#13 James West - WR</t>
   </si>
   <si>
-    <t>#82 Bobby Hayes - WR</t>
+    <t>#80 Bobby Hayes - WR</t>
   </si>
   <si>
     <t>#87 Jarred Hailey - WR</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>BaB 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-BaB 36 (9:59) 6-David Sorensen pass incomplete, intended for 13-James West. PENALTY - Pass Interference (TAC 43-David Skinner)</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>BaB 46</t>
   </si>
@@ -1049,51 +1049,51 @@
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>BaB 31</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>3-11-BaB 31 (7:09) 15-Anthony Whiten pass complete to 22-Aaron Ballard to BaB 27 for 4 yards. Tackle by 28-Tigger James.</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>BaB 27</t>
   </si>
   <si>
     <t>4-7-BaB 27 (6:32) 4-Kyle Jobe 44 yard field goal is GOOD. TAC 3 BaB 14</t>
   </si>
   <si>
     <t>#4 Kyle Jobe - K</t>
   </si>
   <si>
-    <t>#1 Charles Powers - WLB</t>
+    <t>#54 Charles Powers - WLB</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>TAC 35</t>
   </si>
   <si>
     <t>(6:29) 4-Kyle Jobe kicks 74 yards from TAC 35 to BaB -9. Touchback.</t>
   </si>
   <si>
     <t>#25 Robert Vega - RB</t>
   </si>
   <si>
     <t>BaB 25</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-BaB 25 (6:29) 6-David Sorensen pass Pass knocked down by 59-Graham Arnold. incomplete, intended for 88-Roberto Syed.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>