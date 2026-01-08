--- v1 (2025-12-17)
+++ v2 (2026-01-08)
@@ -368,51 +368,51 @@
   <si>
     <t>#19 Cleo Cresswell - WR</t>
   </si>
   <si>
     <t>#70 Erwin Phillips - LT</t>
   </si>
   <si>
     <t>#70 Curtis Yoder - LG</t>
   </si>
   <si>
     <t>#52 Christopher Strickland - RG</t>
   </si>
   <si>
     <t>#56 Truman Anderson - RG</t>
   </si>
   <si>
     <t>#79 Daniel Tellez - RT</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#57 Thomas Torres - DT</t>
   </si>
   <si>
-    <t>#90 John Haga - DT</t>
+    <t>#92 John Haga - DT</t>
   </si>
   <si>
     <t>#77 Jake Maloney - RDE</t>
   </si>
   <si>
     <t>#57 Richard Davis - MLB</t>
   </si>
   <si>
     <t>#91 Marc Clarc - WLB</t>
   </si>
   <si>
     <t>#32 Everett Sanchez - CB</t>
   </si>
   <si>
     <t>#43 Carl Ross - CB</t>
   </si>
   <si>
     <t>#49 John Barrett - CB</t>
   </si>
   <si>
     <t>#40 Tigger James - SS</t>
   </si>
   <si>
     <t>#42 Manual Pick - FS</t>
   </si>
@@ -1049,51 +1049,51 @@
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>BaB 31</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>3-11-BaB 31 (7:09) 15-Anthony Whiten pass complete to 22-Aaron Ballard to BaB 27 for 4 yards. Tackle by 28-Tigger James.</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>BaB 27</t>
   </si>
   <si>
     <t>4-7-BaB 27 (6:32) 4-Kyle Jobe 44 yard field goal is GOOD. TAC 3 BaB 14</t>
   </si>
   <si>
     <t>#4 Kyle Jobe - K</t>
   </si>
   <si>
-    <t>#54 Charles Powers - WLB</t>
+    <t>#38 Charles Powers - FS</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>TAC 35</t>
   </si>
   <si>
     <t>(6:29) 4-Kyle Jobe kicks 74 yards from TAC 35 to BaB -9. Touchback.</t>
   </si>
   <si>
     <t>#25 Robert Vega - RB</t>
   </si>
   <si>
     <t>BaB 25</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-BaB 25 (6:29) 6-David Sorensen pass Pass knocked down by 59-Graham Arnold. incomplete, intended for 88-Roberto Syed.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
@@ -1715,51 +1715,51 @@
   <si>
     <t>2-10-TAC 27 (8:45) 40-Gary Brown ran to TAC 14 for 13 yards. Tackle by 36-Shawn Winkles.</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>1-10-TAC 14 (8:10) 6-David Sorensen pass complete to 89-Dana Smeltzer to TAC 5 for 8 yards. Tackle by 23-Calvin Rigdon. 89-Dana Smeltzer did some fancy footwork there.</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>TAC 5</t>
   </si>
   <si>
     <t>2-2-TAC 5 (7:31) 6-David Sorensen pass incomplete, dropped by 87-Jarred Hailey.</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>3-2-TAC 5 (7:27) 25-Robert Vega ran to TAC 7 for -1 yards. Tackle by 23-Calvin Rigdon.</t>
   </si>
   <si>
-    <t>#5 Thomas Maddux - QB</t>
+    <t>#12 Thomas Maddux - QB</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
     <t>4-3-TAC 7 (6:43) 10-Edwin McKenzie 24 yard field goal is GOOD. TAC 3 BaB 17</t>
   </si>
   <si>
     <t>(6:41) 10-Edwin McKenzie kicks 73 yards from BaB 35 to TAC -8. Touchback.</t>
   </si>
   <si>
     <t>1-10-TAC 25 (6:41) 15-Anthony Whiten pass incomplete, dropped by 22-Aaron Ballard. Pressure by 91-Marc Clarc.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>2-10-TAC 25 (6:36) 46-Vincent Sarratt ran to TAC 26 for 1 yards. Tackle by 93-Sean Bible. 33-Raymond Edwards completely missed his blocking assignment. PENALTY - Offsides (BaB 90-John Haga)</t>
   </si>
   <si>
     <t>6:32</t>
   </si>
   <si>
     <t>2-5-TAC 30 (6:33) 15-Anthony Whiten FUMBLES recovered by BaB-90-John Haga to TAC 30 for 1 yards. Tackle by 73-Christopher Strickland.</t>
   </si>