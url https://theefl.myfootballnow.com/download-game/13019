--- v2 (2026-01-08)
+++ v3 (2026-03-09)
@@ -341,99 +341,99 @@
   <si>
     <t>TAC</t>
   </si>
   <si>
     <t>TAC 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-TAC 25 (15:00) 22-Aaron Ballard ran to TAC 26 for 1 yards. Tackle by 28-Tigger James.</t>
   </si>
   <si>
     <t>#15 Anthony Whiten - QB</t>
   </si>
   <si>
     <t>#68 Greg Omalley - RG</t>
   </si>
   <si>
     <t>#85 McKinley Murguia - WR</t>
   </si>
   <si>
-    <t>#15 Winfred Cole - WR</t>
+    <t>#81 Winfred Cole - WR</t>
   </si>
   <si>
     <t>#19 Cleo Cresswell - WR</t>
   </si>
   <si>
     <t>#70 Erwin Phillips - LT</t>
   </si>
   <si>
     <t>#70 Curtis Yoder - LG</t>
   </si>
   <si>
     <t>#52 Christopher Strickland - RG</t>
   </si>
   <si>
     <t>#56 Truman Anderson - RG</t>
   </si>
   <si>
     <t>#79 Daniel Tellez - RT</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#57 Thomas Torres - DT</t>
   </si>
   <si>
     <t>#92 John Haga - DT</t>
   </si>
   <si>
     <t>#77 Jake Maloney - RDE</t>
   </si>
   <si>
     <t>#57 Richard Davis - MLB</t>
   </si>
   <si>
     <t>#91 Marc Clarc - WLB</t>
   </si>
   <si>
     <t>#32 Everett Sanchez - CB</t>
   </si>
   <si>
     <t>#43 Carl Ross - CB</t>
   </si>
   <si>
     <t>#49 John Barrett - CB</t>
   </si>
   <si>
-    <t>#40 Tigger James - SS</t>
+    <t>#8 Tigger James - SS</t>
   </si>
   <si>
     <t>#42 Manual Pick - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>TAC 26</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-9-TAC 26 (14:20) 22-Aaron Ballard ran to TAC 30 for 4 yards. Tackle by 91-Marc Clarc.</t>
   </si>
   <si>
     <t>#88 John Black - TE</t>
   </si>
   <si>
     <t>#93 Sean Bible - WLB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>1-10-BaB 26 (10:38) 6-David Sorensen pass Pass knocked down by 24-Moises Hughes. incomplete, intended for 33-Scott Shields.</t>
   </si>
   <si>
     <t>#6 David Sorensen - QB</t>
   </si>
   <si>
     <t>#33 Scott Shields - RB</t>
   </si>
   <si>
     <t>#45 Chuchu Trane - FB</t>
   </si>
   <si>
     <t>#85 Leon Bachmann - TE</t>
   </si>
   <si>
     <t>#83 Roberto Syed - TE</t>
   </si>
   <si>
     <t>#59 Vincent Smith - RG</t>
   </si>
   <si>
     <t>#74 Jose Aston - C</t>
   </si>
   <si>
-    <t>#71 Glen Fairchild - C</t>
+    <t>#62 Glen Fairchild - C</t>
   </si>
   <si>
     <t>#64 Patrick Chambers - RT</t>
   </si>
   <si>
     <t>#55 Joe Quinn - LDE</t>
   </si>
   <si>
     <t>#71 Mark Carter - DT</t>
   </si>
   <si>
     <t>#62 Kyle Plaisance - RDE</t>
   </si>
   <si>
     <t>#52 Douglas Cunningham - MLB</t>
   </si>
   <si>
     <t>#48 Calvin Rigdon - CB</t>
   </si>
   <si>
     <t>#24 Moises Hughes - SS</t>
   </si>
   <si>
     <t>10:33</t>
   </si>