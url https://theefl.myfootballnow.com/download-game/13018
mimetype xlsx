--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -281,66 +281,66 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TLH has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>TLH</t>
   </si>
   <si>
     <t>TLH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Matthew Gibbs kicks 71 yards from TLH 35 to SFB -6. Touchback.</t>
   </si>
   <si>
-    <t>#30 Christopher Begay - SS</t>
+    <t>#28 Christopher Begay - SS</t>
   </si>
   <si>
     <t>#22 Steven Gray - CB</t>
   </si>
   <si>
     <t>#97 Gary Wilson - DT</t>
   </si>
   <si>
     <t>#51 Aldo Weigel - MLB</t>
   </si>
   <si>
     <t>#98 James Solorio - WLB</t>
   </si>
   <si>
-    <t>#34 Timothy Hayes - CB</t>
+    <t>#48 Timothy Hayes - CB</t>
   </si>
   <si>
     <t>#57 Edward McKay - MLB</t>
   </si>
   <si>
     <t>#55 Ricardo Linton - MLB</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#31 Clifford Rose - SS</t>
   </si>
   <si>
     <t>#99 Raymond Kahn - LDE</t>
   </si>
   <si>
     <t>#4 Matthew Gibbs - K</t>
   </si>
   <si>
     <t>SFB</t>
   </si>
   <si>
     <t>SFB 25</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>4-2-SFB 33 (13:03) 10-Richard Harris punts 44 yards to TLH 23. PENALTY - Offsides (TLH 74-Eugene Sandberg)</t>
   </si>
   <si>
     <t>#10 Richard Harris - P</t>
   </si>
   <si>
     <t>#81 Angel Taylor - TE</t>
   </si>
   <si>
     <t>#11 Jerome Wash - WR</t>
   </si>
   <si>
     <t>#89 Raul Persinger - WR</t>
   </si>
   <si>
     <t>#15 Larry Parks - WR</t>
   </si>
   <si>
     <t>#57 Arnold Glass - C</t>
   </si>
   <si>
     <t>#67 Michael Peebles - RT</t>
   </si>
   <si>
-    <t>#98 Steven Sample - MLB</t>
+    <t>#91 Steven Sample - MLB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>SFB 38</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Counter Middle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SFB 38 (12:53) 35-Charles Mills ran to SFB 37 for a short loss. Tackle by 46-Bud Reed.</t>
   </si>
   <si>
     <t>#84 Ronald Belcher - TE</t>
   </si>
   <si>
     <t>#77 Kelly Denny - C</t>
   </si>
   <si>
     <t>#51 Carl Vang - LT</t>
   </si>
@@ -608,108 +608,108 @@
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TLH 20 (10:38) 17-Hendrick Tejonihokarawa pass Pass knocked down by 31-Clifford Rose. incomplete, intended for 82-Larry Parks.</t>
   </si>
   <si>
     <t>#7 Hendrick Tejonihokarawa - QB</t>
   </si>
   <si>
     <t>#36 Jason Henninger - RB</t>
   </si>
   <si>
     <t>#28 Dino Frazier - FB</t>
   </si>
   <si>
     <t>#83 Luther Vickery - WR</t>
   </si>
   <si>
     <t>#1 Thomas Shaw - WR</t>
   </si>
   <si>
-    <t>#61 Charles Floyd - LT</t>
+    <t>#69 Charles Floyd - LT</t>
   </si>
   <si>
     <t>#72 William Taylor - LG</t>
   </si>
   <si>
     <t>#76 Robert Stuckey - C</t>
   </si>
   <si>
     <t>#59 Martin Porter - RT</t>
   </si>
   <si>
     <t>#52 Roscoe Montoya - RT</t>
   </si>
   <si>
-    <t>#61 Juan Willis - DT</t>
+    <t>#61 Juan Willis - RDE</t>
   </si>
   <si>
     <t>#26 David Scarborough - CB</t>
   </si>
   <si>
     <t>#42 Kevin Simmons - FS</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
   <si>
     <t>2-10-TLH 20 (10:35) (Hot Read) 17-Hendrick Tejonihokarawa pass complete to 36-Jason Henninger to TLH 24 for 4 yards. Tackle by 95-Robert Ball.</t>
   </si>
   <si>
     <t>#87 Walton Johnson - TE</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>TLH 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-6-TLH 24 (9:54) 31-William Joe ran to TLH 44 for 21 yards. Tackle by 26-David Scarborough.</t>
   </si>
   <si>
     <t>#40 William Joe - RB</t>
   </si>
   <si>
     <t>#34 Joe McGrail - RB</t>
   </si>
   <si>
-    <t>#83 George Milner - TE</t>
+    <t>#82 George Milner - TE</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>TLH 44</t>
   </si>
   <si>
     <t>1-10-TLH 44 (9:13) 34-Joe McGrail ran to TLH 49 for 5 yards. Tackle by 42-Kevin Simmons.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>TLH 49</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>2-5-TLH 49 (8:33) 17-Hendrick Tejonihokarawa pass complete to 85-George Milner to SFB 44 for 6 yards. Tackle by 30-Christopher Begay.</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>SFB 4</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>3-4-SFB 4 (3:39) 17-Hendrick Tejonihokarawa sacked at SFB 10 for -7 yards (90-Lawrence Quinn). Sack allowed by 52-Roscoe Montoya.</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>SFB 10</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-SFB 10 (3:00) 5-Matthew Gibbs 28 yard field goal is GOOD. SFB 0 TLH 3</t>
   </si>
   <si>
-    <t>#63 Maurice Norton - RT</t>
+    <t>#63 Maurice Norton - RG</t>
   </si>
   <si>
     <t>#60 Korey Rhoads - RG</t>
   </si>
   <si>
     <t>#79 Tricks Pilgrim - RT</t>
   </si>
   <si>
     <t>#65 Andrew Hughes - LG</t>
   </si>
   <si>
     <t>#39 Eric Whitney - SS</t>
   </si>
   <si>
     <t>#91 William Rue - MLB</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>(2:58) 5-Matthew Gibbs kicks 61 yards from TLH 35 to SFB 4. 30-Christopher Begay to SFB 20 for 16 yards. Tackle by 45-Richard Palermo.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>