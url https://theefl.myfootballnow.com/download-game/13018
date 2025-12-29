--- v1 (2025-12-08)
+++ v2 (2025-12-29)
@@ -359,66 +359,66 @@
   <si>
     <t>#35 Charles Mills - RB</t>
   </si>
   <si>
     <t>#44 James McCoy - FB</t>
   </si>
   <si>
     <t>#81 Francisco Stanberry - TE</t>
   </si>
   <si>
     <t>#19 Marcus Davis - WR</t>
   </si>
   <si>
     <t>#11 Harry Jeffrey - WR</t>
   </si>
   <si>
     <t>#68 Wade Brown - RT</t>
   </si>
   <si>
     <t>#50 David Parr - LG</t>
   </si>
   <si>
     <t>#65 David Martin - C</t>
   </si>
   <si>
-    <t>#76 Patrick Smith - RG</t>
+    <t>#53 Patrick Smith - RT</t>
   </si>
   <si>
     <t>#74 Arthur Root - RT</t>
   </si>
   <si>
     <t>#76 Eugene Sandberg - LDE</t>
   </si>
   <si>
     <t>#91 Frank Garcia - DT</t>
   </si>
   <si>
     <t>#75 Patrick Smith - DT</t>
   </si>
   <si>
-    <t>#96 Raymond Sanchez - RDE</t>
+    <t>#51 Raymond Sanchez - RDE</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#90 Patrick Villanueva - MLB</t>
   </si>
   <si>
     <t>#58 Justin Hunt - WLB</t>
   </si>
   <si>
     <t>#45 Richard Palermo - CB</t>
   </si>
   <si>
     <t>#21 Troy Ward - CB</t>
   </si>
   <si>
     <t>#46 Bud Reed - SS</t>
   </si>
   <si>
     <t>#37 Leon Eastland - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>SFB 4</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>3-4-SFB 4 (3:39) 17-Hendrick Tejonihokarawa sacked at SFB 10 for -7 yards (90-Lawrence Quinn). Sack allowed by 52-Roscoe Montoya.</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>SFB 10</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-SFB 10 (3:00) 5-Matthew Gibbs 28 yard field goal is GOOD. SFB 0 TLH 3</t>
   </si>
   <si>
-    <t>#63 Maurice Norton - RG</t>
+    <t>#63 Maurice Norton - LG</t>
   </si>
   <si>
     <t>#60 Korey Rhoads - RG</t>
   </si>
   <si>
     <t>#79 Tricks Pilgrim - RT</t>
   </si>
   <si>
     <t>#65 Andrew Hughes - LG</t>
   </si>
   <si>
     <t>#39 Eric Whitney - SS</t>
   </si>
   <si>
     <t>#91 William Rue - MLB</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>(2:58) 5-Matthew Gibbs kicks 61 yards from TLH 35 to SFB 4. 30-Christopher Begay to SFB 20 for 16 yards. Tackle by 45-Richard Palermo.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>