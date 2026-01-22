--- v2 (2025-12-29)
+++ v3 (2026-01-22)
@@ -290,51 +290,51 @@
   <si>
     <t>TLH</t>
   </si>
   <si>
     <t>TLH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Matthew Gibbs kicks 71 yards from TLH 35 to SFB -6. Touchback.</t>
   </si>
   <si>
     <t>#28 Christopher Begay - SS</t>
   </si>
   <si>
     <t>#22 Steven Gray - CB</t>
   </si>
   <si>
     <t>#97 Gary Wilson - DT</t>
   </si>
   <si>
-    <t>#51 Aldo Weigel - MLB</t>
+    <t>#97 Aldo Weigel - MLB</t>
   </si>
   <si>
     <t>#98 James Solorio - WLB</t>
   </si>
   <si>
     <t>#48 Timothy Hayes - CB</t>
   </si>
   <si>
     <t>#57 Edward McKay - MLB</t>
   </si>
   <si>
     <t>#55 Ricardo Linton - MLB</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#31 Clifford Rose - SS</t>
   </si>
   <si>
     <t>#99 Raymond Kahn - LDE</t>
   </si>
   <si>
     <t>#4 Matthew Gibbs - K</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>SFB 38</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Counter Middle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SFB 38 (12:53) 35-Charles Mills ran to SFB 37 for a short loss. Tackle by 46-Bud Reed.</t>
   </si>
   <si>
     <t>#84 Ronald Belcher - TE</t>
   </si>
   <si>
     <t>#77 Kelly Denny - C</t>
   </si>
   <si>
     <t>#51 Carl Vang - LT</t>
   </si>
   <si>
     <t>#66 Christopher Ray - RDE</t>
   </si>
   <si>
-    <t>#39 Carl Russo - CB</t>
+    <t>#42 Carl Russo - CB</t>
   </si>
   <si>
     <t>#25 Marco Smith - CB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>SFB 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-SFB 37 (12:10) 35-Charles Mills ran to TLH 48 for 14 yards. Tackle by 25-Marco Smith.</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>TLH 48</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>#28 Dino Frazier - FB</t>
   </si>
   <si>
     <t>#83 Luther Vickery - WR</t>
   </si>
   <si>
     <t>#1 Thomas Shaw - WR</t>
   </si>
   <si>
     <t>#69 Charles Floyd - LT</t>
   </si>
   <si>
     <t>#72 William Taylor - LG</t>
   </si>
   <si>
     <t>#76 Robert Stuckey - C</t>
   </si>
   <si>
     <t>#59 Martin Porter - RT</t>
   </si>
   <si>
     <t>#52 Roscoe Montoya - RT</t>
   </si>
   <si>
-    <t>#61 Juan Willis - RDE</t>
+    <t>#61 Juan Willis - DT</t>
   </si>
   <si>
     <t>#26 David Scarborough - CB</t>
   </si>
   <si>
     <t>#42 Kevin Simmons - FS</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
   <si>
     <t>2-10-TLH 20 (10:35) (Hot Read) 17-Hendrick Tejonihokarawa pass complete to 36-Jason Henninger to TLH 24 for 4 yards. Tackle by 95-Robert Ball.</t>
   </si>
   <si>
     <t>#87 Walton Johnson - TE</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>TLH 24</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>SFB 4</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>3-4-SFB 4 (3:39) 17-Hendrick Tejonihokarawa sacked at SFB 10 for -7 yards (90-Lawrence Quinn). Sack allowed by 52-Roscoe Montoya.</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>SFB 10</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-SFB 10 (3:00) 5-Matthew Gibbs 28 yard field goal is GOOD. SFB 0 TLH 3</t>
   </si>
   <si>
-    <t>#63 Maurice Norton - LG</t>
+    <t>#63 Maurice Norton - RG</t>
   </si>
   <si>
     <t>#60 Korey Rhoads - RG</t>
   </si>
   <si>
     <t>#79 Tricks Pilgrim - RT</t>
   </si>
   <si>
     <t>#65 Andrew Hughes - LG</t>
   </si>
   <si>
     <t>#39 Eric Whitney - SS</t>
   </si>
   <si>
     <t>#91 William Rue - MLB</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>(2:58) 5-Matthew Gibbs kicks 61 yards from TLH 35 to SFB 4. 30-Christopher Begay to SFB 20 for 16 yards. Tackle by 45-Richard Palermo.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>