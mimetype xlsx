--- v3 (2026-01-22)
+++ v4 (2026-03-16)
@@ -290,51 +290,51 @@
   <si>
     <t>TLH</t>
   </si>
   <si>
     <t>TLH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Matthew Gibbs kicks 71 yards from TLH 35 to SFB -6. Touchback.</t>
   </si>
   <si>
     <t>#28 Christopher Begay - SS</t>
   </si>
   <si>
     <t>#22 Steven Gray - CB</t>
   </si>
   <si>
     <t>#97 Gary Wilson - DT</t>
   </si>
   <si>
-    <t>#97 Aldo Weigel - MLB</t>
+    <t>#94 Aldo Weigel - MLB</t>
   </si>
   <si>
     <t>#98 James Solorio - WLB</t>
   </si>
   <si>
     <t>#48 Timothy Hayes - CB</t>
   </si>
   <si>
     <t>#57 Edward McKay - MLB</t>
   </si>
   <si>
     <t>#55 Ricardo Linton - MLB</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#31 Clifford Rose - SS</t>
   </si>
   <si>
     <t>#99 Raymond Kahn - LDE</t>
   </si>
   <si>
     <t>#4 Matthew Gibbs - K</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>3-5-SFB 30 (13:45) 35-Charles Mills ran to SFB 33 for 2 yards. Tackle by 91-Frank Garcia. 65-David Martin was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#51 Curtis Fletcher - MLB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>SFB 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-SFB 33 (13:03) 10-Richard Harris punts 44 yards to TLH 23. PENALTY - Offsides (TLH 74-Eugene Sandberg)</t>
   </si>
   <si>
     <t>#10 Richard Harris - P</t>
   </si>
   <si>
-    <t>#81 Angel Taylor - TE</t>
+    <t>#83 Angel Taylor - TE</t>
   </si>
   <si>
     <t>#11 Jerome Wash - WR</t>
   </si>
   <si>
     <t>#89 Raul Persinger - WR</t>
   </si>
   <si>
     <t>#15 Larry Parks - WR</t>
   </si>
   <si>
     <t>#57 Arnold Glass - C</t>
   </si>
   <si>
     <t>#67 Michael Peebles - RT</t>
   </si>
   <si>
     <t>#91 Steven Sample - MLB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>SFB 38</t>
   </si>
@@ -836,63 +836,63 @@
   <si>
     <t>SFB 4</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>3-4-SFB 4 (3:39) 17-Hendrick Tejonihokarawa sacked at SFB 10 for -7 yards (90-Lawrence Quinn). Sack allowed by 52-Roscoe Montoya.</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>SFB 10</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-SFB 10 (3:00) 5-Matthew Gibbs 28 yard field goal is GOOD. SFB 0 TLH 3</t>
   </si>
   <si>
-    <t>#63 Maurice Norton - RG</t>
+    <t>#63 Maurice Norton - LG</t>
   </si>
   <si>
     <t>#60 Korey Rhoads - RG</t>
   </si>
   <si>
     <t>#79 Tricks Pilgrim - RT</t>
   </si>
   <si>
     <t>#65 Andrew Hughes - LG</t>
   </si>
   <si>
-    <t>#39 Eric Whitney - SS</t>
+    <t>#43 Eric Whitney - SS</t>
   </si>
   <si>
     <t>#91 William Rue - MLB</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>(2:58) 5-Matthew Gibbs kicks 61 yards from TLH 35 to SFB 4. 30-Christopher Begay to SFB 20 for 16 yards. Tackle by 45-Richard Palermo.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>Strong I Big HB Swing</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-SFB 20 (2:55) 7-Robert Scott pass complete to 83-Francisco Stanberry to SFB 23 for 4 yards. Tackle by 21-Troy Ward.</t>
   </si>
   <si>
     <t>2:20</t>
   </si>
@@ -1010,51 +1010,51 @@
   <si>
     <t>TLH 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
   <si>
     <t>2-11-TLH 36 (12:11) 36-Richard Milan ran to TLH 32 for 3 yards. Tackle by 90-Patrick Villanueva.</t>
   </si>
   <si>
     <t>TLH 32</t>
   </si>
   <si>
     <t>3-8-TLH 32 (11:30) 44-James McCoy ran to TLH 32 for 1 yards. Tackle by 90-Patrick Villanueva.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>4-7-TLH 32 (10:51) 6-James Arnett 50 yard field goal is GOOD. SFB 3 TLH 3</t>
   </si>
   <si>
-    <t>#15 Paul Pettis - QB</t>
+    <t>#14 Paul Pettis - QB</t>
   </si>
   <si>
     <t>#6 James Arnett - K</t>
   </si>
   <si>
     <t>#63 Rodney Ashburn - LG</t>
   </si>
   <si>
     <t>(10:48) 6-James Arnett kicks 75 yards from SFB 35 to TLH -10. Touchback.</t>
   </si>
   <si>
     <t>TLH 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-TLH 25 (10:48) 36-Jason Henninger ran to TLH 34 for 9 yards. Tackle by 30-Christopher Begay.</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>2-1-TLH 34 (10:03) 17-Hendrick Tejonihokarawa pass complete to 29-Luther Vickery to TLH 37 for 2 yards. Tackle by 26-David Scarborough. TLH 61-Charles Floyd was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1496,51 +1496,51 @@
   <si>
     <t>1-10-SFB 49 (4:44) 35-Charles Mills ran to TLH 46 for 4 yards. Tackle by 91-Frank Garcia.</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>TLH 46</t>
   </si>
   <si>
     <t>2-6-TLH 46 (4:04) 7-Robert Scott pass complete to 19-Marcus Davis to TLH 45 for 2 yards. Tackle by 45-Richard Palermo. TLH 58-Justin Hunt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:29</t>
   </si>
   <si>
     <t>TLH 45</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-4-TLH 45 (3:28) 35-Charles Mills ran to TLH 44 for 1 yards. Tackle by 57-David Solano.</t>
   </si>
   <si>
-    <t>#57 David Solano - WLB</t>
+    <t>#56 David Solano - LDE</t>
   </si>
   <si>
     <t>4-3-TLH 44 (2:53) 10-Richard Harris punts 31 yards to TLH 13. Fair Catch by 11-Jerome Wash.</t>
   </si>
   <si>
     <t>2:46</t>
   </si>
   <si>
     <t>TLH 13</t>
   </si>
   <si>
     <t>1-10-TLH 13 (2:47) 31-William Joe ran to TLH 14 for a short gain. Tackle by 30-Christopher Begay.</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>TLH 14</t>
   </si>
   <si>
     <t>2-10-TLH 14 (2:06) 17-Hendrick Tejonihokarawa pass Pass knocked down by 22-Steven Gray. incomplete, intended for 1-Thomas Shaw. PENALTY - Pass Interference (SFB 42-Kevin Simmons)</t>
   </si>
   <si>
     <t>TLH 19</t>
   </si>