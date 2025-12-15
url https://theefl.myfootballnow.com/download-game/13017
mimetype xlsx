--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -335,156 +335,156 @@
   <si>
     <t>#97 Edward Tracy - SLB</t>
   </si>
   <si>
     <t>#10 John Mayo - K</t>
   </si>
   <si>
     <t>DAK</t>
   </si>
   <si>
     <t>DAK 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-DAK 25 (15:00) 11-Allan Teague ran to DAK 34 for 9 yards. 11-Allan Teague FUMBLES (39-Roger Hamlin) recovered by BAD-39-Roger Hamlin at DAK 37. Tackle by 86-David Schwab.</t>
   </si>
   <si>
     <t>#5 Gary Rose - QB</t>
   </si>
   <si>
-    <t>#11 Allan Teague - RB</t>
+    <t>#24 Allan Teague - RB</t>
   </si>
   <si>
     <t>#83 Jack Perez - TE</t>
   </si>
   <si>
     <t>#86 David Schwab - WR</t>
   </si>
   <si>
-    <t>#13 James Powell - WR</t>
+    <t>#10 James Powell - WR</t>
   </si>
   <si>
     <t>#10 Edward Lotz - WR</t>
   </si>
   <si>
     <t>#51 Hans McCormick - LG</t>
   </si>
   <si>
     <t>#61 Rory Williams - LG</t>
   </si>
   <si>
     <t>#70 Jessie Chavez - RG</t>
   </si>
   <si>
     <t>#76 Steven Hursey - RG</t>
   </si>
   <si>
     <t>#77 Lorenzo Williams - RT</t>
   </si>
   <si>
     <t>#95 Aaron Flores - LDE</t>
   </si>
   <si>
     <t>#65 Eddie Smoot - DT</t>
   </si>
   <si>
-    <t>#54 Leo Negrete - DT</t>
+    <t>#53 Leo Negrete - DT</t>
   </si>
   <si>
     <t>#90 Eric Anderson - DT</t>
   </si>
   <si>
     <t>#53 Juan Malone - SLB</t>
   </si>
   <si>
     <t>#91 Carl Kettle - MLB</t>
   </si>
   <si>
     <t>#90 Frank Timmins - DT</t>
   </si>
   <si>
     <t>#47 Patrick Vela - CB</t>
   </si>
   <si>
-    <t>#29 Atrak Nekatu - CB</t>
+    <t>#29 Atrak Nekatu - FS</t>
   </si>
   <si>
     <t>#39 Roger Hamlin - CB</t>
   </si>
   <si>
     <t>#41 Nicholas Considine - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>DAK 37</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-DAK 37 (14:56) 2-Curtis Weeden pass Pass knocked down by 36-Eric Steffens. incomplete, intended for 85-Steven Simmons. Pressure by 58-William Pulido.</t>
   </si>
   <si>
-    <t>#2 Curtis Weeden - QB</t>
+    <t>#8 Curtis Weeden - QB</t>
   </si>
   <si>
     <t>#35 Lester Vinton - RB</t>
   </si>
   <si>
     <t>#86 Eric Hutchinson - TE</t>
   </si>
   <si>
     <t>#80 Percy Bailey - WR</t>
   </si>
   <si>
     <t>#82 Steven Simmons - WR</t>
   </si>
   <si>
     <t>#82 Ralph Ferro - WR</t>
   </si>
   <si>
     <t>#60 Michael Upchurch - LG</t>
   </si>
   <si>
     <t>#75 David Parker - LT</t>
   </si>
   <si>
     <t>#69 Julio Williams - C</t>
   </si>
   <si>
-    <t>#77 Cory Hamilton - RG</t>
+    <t>#77 Cory Hamilton - RT</t>
   </si>
   <si>
     <t>#73 Gavin Newman - C</t>
   </si>
   <si>
     <t>#58 William Pulido - RDE</t>
   </si>
   <si>
     <t>#95 David Ledford - MLB</t>
   </si>
   <si>
     <t>#49 Anthony Bondurant - CB</t>
   </si>
   <si>
     <t>#46 Henry Burch - CB</t>
   </si>
   <si>
     <t>#42 Danny Preiss - CB</t>
   </si>
   <si>
     <t>#39 Eric Steffens - SS</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#48 Robert Alicea - SS</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>DAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:27) Extra point GOOD by 10-John Mayo. BAD 7 DAK 0</t>
   </si>
   <si>
     <t>#5 Joseph Ferguson - QB</t>
   </si>
   <si>
     <t>#46 James Hurtt - TE</t>
   </si>
   <si>
-    <t>#50 James Wheeler - RG</t>
+    <t>#50 James Wheeler - LG</t>
   </si>
   <si>
     <t>(13:27) 10-John Mayo kicks 73 yards from BAD 35 to DAK -8. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-4 Normal Double Blitz</t>
   </si>
   <si>
     <t>1-10-DAK 25 (13:27) 5-Gary Rose pass Pass knocked down by 97-Brian Lewis. incomplete, intended for 83-Jack Perez.</t>
   </si>
   <si>
     <t>#47 Frederick Macaluso - FB</t>
   </si>
   <si>
     <t>#80 Darryl Whyte - TE</t>
   </si>
   <si>
     <t>#97 Brian Lewis - WLB</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-DAK 35 (12:09) 8-Kirk Johnson punts 50 yards to BAD 15. 47-Patrick Vela to BAD 24 for 9 yards. Tackle by 92-Barrett Fort.</t>
   </si>
   <si>
     <t>#8 Kirk Johnson - P</t>
   </si>
   <si>
     <t>#22 Adam Milton - SS</t>
   </si>
   <si>
     <t>#93 Randy Lira - LDE</t>
   </si>
   <si>
     <t>#37 Chris Anderson - SS</t>
   </si>
   <si>
     <t>#55 Greg Watts - MLB</t>
   </si>
   <si>
-    <t>#28 Rex Keith - CB</t>
+    <t>#39 Rex Keith - CB</t>
   </si>
   <si>
     <t>#59 Jamie Boyd - RG</t>
   </si>
   <si>
     <t>#72 Randolph Hartl - C</t>
   </si>
   <si>
     <t>#92 Richard Coulter - DT</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>BAD 24</t>
   </si>
   <si>
     <t>1-10-BAD 24 (12:00) 35-Lester Vinton ran to BAD 23 for -1 yards. Tackle by 58-William Pulido.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>BAD 23</t>
   </si>
@@ -1730,51 +1730,51 @@
   <si>
     <t>2-4-BAD 28 (14:07) 23-William William ran to BAD 39 for 11 yards. Tackle by 92-Barrett Fort.</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>BAD 39</t>
   </si>
   <si>
     <t>1-10-BAD 39 (13:26) 2-Curtis Weeden pass complete to 35-Lester Vinton to DAK 42 for 20 yards. Tackle by 33-Charles Crawford. 35-Lester Vinton did some fancy footwork there.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Drag</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-DAK 42 (12:43) 2-Curtis Weeden pass INTERCEPTED by 42-Danny Preiss at DAK 37. 42-Danny Preiss to DAK 37 for 1 yards. Tackle by 85-Steven Simmons.</t>
   </si>
   <si>
-    <t>#84 James Maya - WR</t>
+    <t>#80 James Maya - WR</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>1-10-DAK 37 (12:40) 5-Gary Rose pass complete to 43-Frederick Macaluso to DAK 42 for 4 yards. Tackle by 47-Patrick Vela.</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>2-6-DAK 42 (11:55) 11-Allan Teague ran to DAK 41 for -1 yards. Tackle by 96-Eric Anderson.</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>3-6-DAK 41 (11:16) 5-Gary Rose pass complete to 43-Frederick Macaluso to DAK 44 for 3 yards. Tackle by 47-Patrick Vela. Great move by 43-Frederick Macaluso to get free of his coverage.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>4-3-DAK 44 (10:35) 8-Kirk Johnson punts 57 yards to BAD -1.4-3-DAK 44 (10:35) 8-Kirk Johnson punts 57 yards to BAD -1. Touchback.</t>
   </si>