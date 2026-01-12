--- v1 (2025-12-15)
+++ v2 (2026-01-12)
@@ -311,84 +311,84 @@
   <si>
     <t>#50 William Smith - MLB</t>
   </si>
   <si>
     <t>#64 Lamar Walsh - LDE</t>
   </si>
   <si>
     <t>#37 John Hansen - CB</t>
   </si>
   <si>
     <t>#56 Donald Motyka - DT</t>
   </si>
   <si>
     <t>#22 Frank Dickson - CB</t>
   </si>
   <si>
     <t>#92 Barrett Fort - SLB</t>
   </si>
   <si>
     <t>#33 Charles Crawford - SS</t>
   </si>
   <si>
     <t>#52 David Segura - DT</t>
   </si>
   <si>
-    <t>#97 Edward Tracy - SLB</t>
+    <t>#56 Edward Tracy - SLB</t>
   </si>
   <si>
     <t>#10 John Mayo - K</t>
   </si>
   <si>
     <t>DAK</t>
   </si>
   <si>
     <t>DAK 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-DAK 25 (15:00) 11-Allan Teague ran to DAK 34 for 9 yards. 11-Allan Teague FUMBLES (39-Roger Hamlin) recovered by BAD-39-Roger Hamlin at DAK 37. Tackle by 86-David Schwab.</t>
   </si>
   <si>
     <t>#5 Gary Rose - QB</t>
   </si>
   <si>
     <t>#24 Allan Teague - RB</t>
   </si>
   <si>
     <t>#83 Jack Perez - TE</t>
   </si>
   <si>
     <t>#86 David Schwab - WR</t>
   </si>
   <si>
-    <t>#10 James Powell - WR</t>
+    <t>#12 James Powell - WR</t>
   </si>
   <si>
     <t>#10 Edward Lotz - WR</t>
   </si>
   <si>
     <t>#51 Hans McCormick - LG</t>
   </si>
   <si>
     <t>#61 Rory Williams - LG</t>
   </si>
   <si>
     <t>#70 Jessie Chavez - RG</t>
   </si>
   <si>
     <t>#76 Steven Hursey - RG</t>
   </si>
   <si>
     <t>#77 Lorenzo Williams - RT</t>
   </si>
   <si>
     <t>#95 Aaron Flores - LDE</t>
   </si>
   <si>
     <t>#65 Eddie Smoot - DT</t>
   </si>
@@ -440,87 +440,87 @@
   <si>
     <t>#35 Lester Vinton - RB</t>
   </si>
   <si>
     <t>#86 Eric Hutchinson - TE</t>
   </si>
   <si>
     <t>#80 Percy Bailey - WR</t>
   </si>
   <si>
     <t>#82 Steven Simmons - WR</t>
   </si>
   <si>
     <t>#82 Ralph Ferro - WR</t>
   </si>
   <si>
     <t>#60 Michael Upchurch - LG</t>
   </si>
   <si>
     <t>#75 David Parker - LT</t>
   </si>
   <si>
     <t>#69 Julio Williams - C</t>
   </si>
   <si>
-    <t>#77 Cory Hamilton - RT</t>
+    <t>#77 Cory Hamilton - LT</t>
   </si>
   <si>
     <t>#73 Gavin Newman - C</t>
   </si>
   <si>
     <t>#58 William Pulido - RDE</t>
   </si>
   <si>
     <t>#95 David Ledford - MLB</t>
   </si>
   <si>
     <t>#49 Anthony Bondurant - CB</t>
   </si>
   <si>
-    <t>#46 Henry Burch - CB</t>
+    <t>#24 Henry Burch - CB</t>
   </si>
   <si>
     <t>#42 Danny Preiss - CB</t>
   </si>
   <si>
     <t>#39 Eric Steffens - SS</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>Split Backs Normal Curls</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-DAK 37 (14:52) 2-Curtis Weeden pass complete to 80-Percy Bailey to DAK 26 for 11 yards. Tackle by 97-Edward Tracy. 80-Percy Bailey breaks down the CB. DAK 73-Cory Sweet was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#89 Donald Derryberry - WR</t>
+    <t>#89 Donald Derryberry - TE</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>DAK 26</t>
   </si>
   <si>
     <t>I Formation 3WR Outside Curls</t>
   </si>
   <si>
     <t>1-10-DAK 26 (14:17) 2-Curtis Weeden pass incomplete, intended for 80-Percy Bailey.</t>
   </si>
   <si>
     <t>#43 James Mitchell - RB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
@@ -533,87 +533,87 @@
   <si>
     <t>DAK 19</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-3-DAK 19 (13:37) 2-Curtis Weeden pass complete to 85-Steven Simmons to DAK 5 for 14 yards. Tackle by 49-Anthony Bondurant. PENALTY - Offsides (DAK 52-David Segura) (Declined)</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>DAK 5</t>
   </si>
   <si>
     <t>Split Backs Normal TE Curl</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-5-DAK 5 (13:32) 2-Curtis Weeden pass Pass knocked down by 46-Henry Burch. incomplete, intended for 23-William William.</t>
   </si>
   <si>
-    <t>#23 William William - RB</t>
+    <t>#23 William William - FB</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-5-DAK 5 (13:29) 35-Lester Vinton ran for 5 yards. TOUCHDOWN! BAD 6 DAK 0</t>
   </si>
   <si>
-    <t>#48 Robert Alicea - SS</t>
+    <t>#48 Robert Alicea - CB</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>DAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:27) Extra point GOOD by 10-John Mayo. BAD 7 DAK 0</t>
   </si>
   <si>
     <t>#5 Joseph Ferguson - QB</t>
   </si>
   <si>
     <t>#46 James Hurtt - TE</t>
   </si>
   <si>
-    <t>#50 James Wheeler - LG</t>
+    <t>#78 James Wheeler - LT</t>
   </si>
   <si>
     <t>(13:27) 10-John Mayo kicks 73 yards from BAD 35 to DAK -8. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-4 Normal Double Blitz</t>
   </si>
   <si>
     <t>1-10-DAK 25 (13:27) 5-Gary Rose pass Pass knocked down by 97-Brian Lewis. incomplete, intended for 83-Jack Perez.</t>
   </si>
   <si>
     <t>#47 Frederick Macaluso - FB</t>
   </si>
   <si>
     <t>#80 Darryl Whyte - TE</t>
   </si>
   <si>
     <t>#97 Brian Lewis - WLB</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-DAK 35 (12:09) 8-Kirk Johnson punts 50 yards to BAD 15. 47-Patrick Vela to BAD 24 for 9 yards. Tackle by 92-Barrett Fort.</t>
   </si>
   <si>
     <t>#8 Kirk Johnson - P</t>
   </si>
   <si>
     <t>#22 Adam Milton - SS</t>
   </si>
   <si>
     <t>#93 Randy Lira - LDE</t>
   </si>
   <si>
     <t>#37 Chris Anderson - SS</t>
   </si>
   <si>
     <t>#55 Greg Watts - MLB</t>
   </si>
   <si>
     <t>#39 Rex Keith - CB</t>
   </si>
   <si>
-    <t>#59 Jamie Boyd - RG</t>
+    <t>#75 Jamie Boyd - RG</t>
   </si>
   <si>
     <t>#72 Randolph Hartl - C</t>
   </si>
   <si>
     <t>#92 Richard Coulter - DT</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>BAD 24</t>
   </si>
   <si>
     <t>1-10-BAD 24 (12:00) 35-Lester Vinton ran to BAD 23 for -1 yards. Tackle by 58-William Pulido.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>BAD 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>3-3-DAK 45 (5:04) 5-Gary Rose pass complete to 86-David Schwab to DAK 47 for 2 yards. Tackle by 53-Juan Malone. 86-David Schwab made a great move on the CB. BAD 96-Eric Anderson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>DAK 47</t>
   </si>
   <si>
     <t>4-1-DAK 47 (4:20) 8-Kirk Johnson punts 42 yards to BAD 11.</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>BAD 11</t>
   </si>
   <si>
     <t>1-10-BAD 11 (4:11) 2-Curtis Weeden pass complete to 48-Eric Hutchinson to BAD 35 for 24 yards. Tackle by 94-Nicholas Hampton. 48-Eric Hutchinson breaks down the CB. 95-David Ledford got away with a hold on that play. Pressure by 33-Charles Crawford.</t>
   </si>
   <si>
     <t>#53 Sean Kennedy - LDE</t>
   </si>
   <si>
-    <t>#94 Nicholas Hampton - WLB</t>
+    <t>#93 Nicholas Hampton - WLB</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-BAD 35 (3:33) 2-Curtis Weeden pass complete to 35-Lester Vinton to BAD 37 for 2 yards. Tackle by 92-Barrett Fort. Pressure by 56-Donald Motyka. DAK 92-Barrett Fort was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>BAD 37</t>
   </si>
   <si>
     <t>2-8-BAD 37 (2:53) 2-Curtis Weeden pass incomplete, intended for 46-James Hurtt. 97-Edward Tracy got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:49</t>
   </si>
   <si>
     <t>Singleback Normal WR Post</t>
   </si>