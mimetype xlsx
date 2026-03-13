--- v2 (2026-01-12)
+++ v3 (2026-03-13)
@@ -296,132 +296,132 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-John Mayo kicks 74 yards from BAD 35 to DAK -9. Touchback.</t>
   </si>
   <si>
     <t>#28 James Richardson - RB</t>
   </si>
   <si>
     <t>#73 Cory Sweet - DT</t>
   </si>
   <si>
     <t>#50 William Smith - MLB</t>
   </si>
   <si>
     <t>#64 Lamar Walsh - LDE</t>
   </si>
   <si>
     <t>#37 John Hansen - CB</t>
   </si>
   <si>
-    <t>#56 Donald Motyka - DT</t>
+    <t>#99 Donald Motyka - DT</t>
   </si>
   <si>
     <t>#22 Frank Dickson - CB</t>
   </si>
   <si>
     <t>#92 Barrett Fort - SLB</t>
   </si>
   <si>
     <t>#33 Charles Crawford - SS</t>
   </si>
   <si>
     <t>#52 David Segura - DT</t>
   </si>
   <si>
     <t>#56 Edward Tracy - SLB</t>
   </si>
   <si>
     <t>#10 John Mayo - K</t>
   </si>
   <si>
     <t>DAK</t>
   </si>
   <si>
     <t>DAK 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-DAK 25 (15:00) 11-Allan Teague ran to DAK 34 for 9 yards. 11-Allan Teague FUMBLES (39-Roger Hamlin) recovered by BAD-39-Roger Hamlin at DAK 37. Tackle by 86-David Schwab.</t>
   </si>
   <si>
     <t>#5 Gary Rose - QB</t>
   </si>
   <si>
     <t>#24 Allan Teague - RB</t>
   </si>
   <si>
     <t>#83 Jack Perez - TE</t>
   </si>
   <si>
     <t>#86 David Schwab - WR</t>
   </si>
   <si>
     <t>#12 James Powell - WR</t>
   </si>
   <si>
-    <t>#10 Edward Lotz - WR</t>
+    <t>#16 Edward Lotz - WR</t>
   </si>
   <si>
     <t>#51 Hans McCormick - LG</t>
   </si>
   <si>
     <t>#61 Rory Williams - LG</t>
   </si>
   <si>
     <t>#70 Jessie Chavez - RG</t>
   </si>
   <si>
     <t>#76 Steven Hursey - RG</t>
   </si>
   <si>
     <t>#77 Lorenzo Williams - RT</t>
   </si>
   <si>
-    <t>#95 Aaron Flores - LDE</t>
+    <t>#95 Aaron Flores - DT</t>
   </si>
   <si>
     <t>#65 Eddie Smoot - DT</t>
   </si>
   <si>
-    <t>#53 Leo Negrete - DT</t>
+    <t>#53 Leo Negrete - SLB</t>
   </si>
   <si>
     <t>#90 Eric Anderson - DT</t>
   </si>
   <si>
-    <t>#53 Juan Malone - SLB</t>
+    <t>#53 Juan Malone - WLB</t>
   </si>
   <si>
     <t>#91 Carl Kettle - MLB</t>
   </si>
   <si>
     <t>#90 Frank Timmins - DT</t>
   </si>
   <si>
     <t>#47 Patrick Vela - CB</t>
   </si>
   <si>
     <t>#29 Atrak Nekatu - FS</t>
   </si>
   <si>
     <t>#39 Roger Hamlin - CB</t>
   </si>
   <si>
     <t>#41 Nicholas Considine - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>DAK 37</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>#49 Anthony Bondurant - CB</t>
   </si>
   <si>
     <t>#24 Henry Burch - CB</t>
   </si>
   <si>
     <t>#42 Danny Preiss - CB</t>
   </si>
   <si>
     <t>#39 Eric Steffens - SS</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>Split Backs Normal Curls</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-DAK 37 (14:52) 2-Curtis Weeden pass complete to 80-Percy Bailey to DAK 26 for 11 yards. Tackle by 97-Edward Tracy. 80-Percy Bailey breaks down the CB. DAK 73-Cory Sweet was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#89 Donald Derryberry - TE</t>
+    <t>#89 Donald Derryberry - WR</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>DAK 26</t>
   </si>
   <si>
     <t>I Formation 3WR Outside Curls</t>
   </si>
   <si>
     <t>1-10-DAK 26 (14:17) 2-Curtis Weeden pass incomplete, intended for 80-Percy Bailey.</t>
   </si>
   <si>
     <t>#43 James Mitchell - RB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
@@ -1661,51 +1661,51 @@
   <si>
     <t>4-15-DAK 35 (1:16) 10-John Mayo 53 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>1-10-DAK 42 (1:13) 5-Gary Rose pass complete to 28-James Richardson to BAD 47 for 11 yards. Tackle by 41-Nicholas Considine.</t>
   </si>
   <si>
     <t>0:38</t>
   </si>
   <si>
     <t>1-10-BAD 47 (0:37) 5-Gary Rose pass complete to 43-Frederick Macaluso to BAD 1 for 46 yards. 43-Frederick Macaluso did some fancy footwork there.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>BAD 1</t>
   </si>
   <si>
     <t>1-1-BAD 1 (15:00) 5-Gary Rose pass incomplete, dropped by 86-David Schwab.</t>
   </si>
   <si>
-    <t>#99 Ronald Lewis - DT</t>
+    <t>#63 Ronald Lewis - DT</t>
   </si>
   <si>
     <t>#31 Harry Brock - SS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>2-1-BAD 1 (14:57) 5-Gary Rose pass complete to 83-Jack Perez for 1 yards. TOUCHDOWN! BAD 24 DAK 6</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>BAD 15</t>
   </si>
   <si>
     <t>(14:55) Extra point GOOD by 3-James White. BAD 24 DAK 7</t>
   </si>
   <si>
     <t>#67 Anthony Green - RT</t>
   </si>
   <si>
     <t>(14:55) 3-James White kicks 63 yards from DAK 35 to BAD 2. 47-Patrick Vela to BAD 23 for 22 yards. 47-Patrick Vela FUMBLES (92-Barrett Fort) recovered by DAK-92-Barrett Fort at BAD 24. Tackle by 90-Frank Timmins.</t>
   </si>